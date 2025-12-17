--- v0 (2025-10-12)
+++ v1 (2025-12-17)
@@ -3,2294 +3,1579 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="6FDD9A87" w14:textId="44420223" w:rsidR="004E2945" w:rsidRPr="009C6A6A" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8A" w14:textId="77777777" w:rsidR="004E2945" w:rsidRDefault="004E2945" w:rsidP="00595857">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:tbl>
-[...22 lines deleted...]
-    <w:p w14:paraId="6FDD9A8A" w14:textId="77777777" w:rsidR="004E2945" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8B" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00F41E2F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F41E2F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A8B" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00F41E2F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8C" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="003914BC" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(vardas, pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A8C" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="7F17AD4C" w14:textId="77777777" w:rsidR="00595857" w:rsidRPr="00034099" w:rsidRDefault="00595857" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00034099">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6FDD9A8D" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00F41E2F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F41E2F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A8E" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00383257" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8E" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="003914BC" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...6 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(asmens kodas)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A8F" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00F41E2F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="677D1B27" w14:textId="77777777" w:rsidR="00595857" w:rsidRPr="00383257" w:rsidRDefault="00595857" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FDD9A90" w14:textId="15272E1F" w:rsidR="004E2945" w:rsidRPr="00383257" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8F" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00F41E2F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...6 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41E2F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDD9A90" w14:textId="15272E1F" w:rsidR="004E2945" w:rsidRPr="003914BC" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-18" w:right="-43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(telefono numeris</w:t>
       </w:r>
-      <w:r w:rsidR="0068327C">
-[...2 lines deleted...]
-          <w:szCs w:val="17"/>
+      <w:r w:rsidR="0068327C" w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk175146927"/>
-[...3 lines deleted...]
-          <w:szCs w:val="17"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk175146927"/>
+      <w:r w:rsidR="003D5F6F" w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>el. pašto adresas</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="17"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58298654" w14:textId="77777777" w:rsidR="004733AF" w:rsidRDefault="004733AF" w:rsidP="001D6A83">
+    <w:p w14:paraId="21851D97" w14:textId="77777777" w:rsidR="002A5AC7" w:rsidRDefault="002A5AC7" w:rsidP="00F60C46">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21851D97" w14:textId="77777777" w:rsidR="002A5AC7" w:rsidRDefault="002A5AC7" w:rsidP="00F60C46">
+    <w:p w14:paraId="4227A283" w14:textId="77777777" w:rsidR="002401A6" w:rsidRPr="00595857" w:rsidRDefault="002401A6" w:rsidP="00F60C46">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="546D8430" w14:textId="0F0066B7" w:rsidR="001D6A83" w:rsidRDefault="001D6A83" w:rsidP="001D6A83">
+    <w:p w14:paraId="6FDD9A92" w14:textId="01902D0D" w:rsidR="004E2945" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00A85292">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7F01">
+      <w:r w:rsidRPr="00595857">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Šv. Kristoforo gimnazijos dire</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Vilniaus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00595857">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ktorei</w:t>
+        <w:t>šv.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kristoforo gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2945" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E2945" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>direktoriui</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08751A8E" w14:textId="77777777" w:rsidR="001D6A83" w:rsidRPr="00AE7F01" w:rsidRDefault="001D6A83" w:rsidP="001D6A83">
+    <w:p w14:paraId="6FDD9A93" w14:textId="1A185901" w:rsidR="004E2945" w:rsidRPr="003914BC" w:rsidRDefault="00595857" w:rsidP="00595857">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="17"/>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="004E2945" w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(mokyklos pavadinimas)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A94" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A94" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="003914BC" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FDD9A95" w14:textId="18342E05" w:rsidR="004E2945" w:rsidRPr="008B2F6F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A95" w14:textId="18342E05" w:rsidR="004E2945" w:rsidRPr="003914BC" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-12" w:right="-29"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B2F6F">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PRAŠYMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B31F0CB" w14:textId="77777777" w:rsidR="00595857" w:rsidRPr="008B2F6F" w:rsidRDefault="00595857" w:rsidP="004E2945">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-12" w:right="-29"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PRAŠYMAS</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6FDD9A96" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-19" w:right="-46"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034099">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00034099">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A97" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A97" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="003914BC" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-12" w:right="-29"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003914BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(data)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BA0DF3" w14:textId="77777777" w:rsidR="00595857" w:rsidRPr="00034099" w:rsidRDefault="00595857" w:rsidP="004E2945">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-12" w:right="-29"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00034099">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A98" w14:textId="77777777" w:rsidR="004E2945" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A98" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C22815E" w14:textId="77777777" w:rsidR="001D6A83" w:rsidRPr="00034099" w:rsidRDefault="001D6A83" w:rsidP="004E2945">
-[...12 lines deleted...]
-    <w:p w14:paraId="6FDD9A99" w14:textId="0E0866C9" w:rsidR="004E2945" w:rsidRPr="008D7060" w:rsidRDefault="004E2945" w:rsidP="005C7222">
+    <w:p w14:paraId="6FDD9A99" w14:textId="6C612906" w:rsidR="004E2945" w:rsidRDefault="004E2945" w:rsidP="00595857">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="142" w:rightChars="236" w:right="566"/>
+        <w:ind w:left="0" w:rightChars="236" w:right="566"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00595857">
         <w:t xml:space="preserve">Prašau </w:t>
       </w:r>
-      <w:r w:rsidR="00B777CE" w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B777CE" w:rsidRPr="00595857">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B35E80" w:rsidRPr="008D7060">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A712B0" w:rsidRPr="00595857">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00B777CE" w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B777CE" w:rsidRPr="00595857">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B35E80" w:rsidRPr="008D7060">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A712B0" w:rsidRPr="00595857">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B777CE" w:rsidRPr="00595857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00595857">
         <w:t xml:space="preserve">mokslo metais leisti laikyti </w:t>
       </w:r>
-      <w:r w:rsidR="00E958C8" w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E958C8" w:rsidRPr="00595857">
         <w:t xml:space="preserve">šių </w:t>
       </w:r>
-      <w:r w:rsidR="00C66975" w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C66975" w:rsidRPr="00595857">
         <w:t>valstybini</w:t>
       </w:r>
-      <w:r w:rsidR="00E958C8" w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E958C8" w:rsidRPr="00595857">
         <w:t>ų</w:t>
       </w:r>
-      <w:r w:rsidR="00C66975" w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C66975" w:rsidRPr="00595857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00595857">
         <w:t>brandos egzamin</w:t>
       </w:r>
-      <w:r w:rsidR="00E958C8" w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E958C8" w:rsidRPr="00595857">
         <w:t xml:space="preserve">ų </w:t>
       </w:r>
-      <w:r w:rsidR="004F5F41">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004F5F41" w:rsidRPr="00595857">
         <w:t>pirmąsias</w:t>
       </w:r>
-      <w:r w:rsidR="001874BA" w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001874BA" w:rsidRPr="00595857">
         <w:t xml:space="preserve"> dalis</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D7060">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00595857">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="206BE965" w14:textId="77777777" w:rsidR="00595857" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:rightChars="236" w:right="566"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10347" w:type="dxa"/>
-        <w:tblInd w:w="-4" w:type="dxa"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="743"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="7515"/>
+        <w:gridCol w:w="1556"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B0765B" w:rsidRPr="0035284B" w14:paraId="6FDD9A9E" w14:textId="77777777" w:rsidTr="001D6A83">
+      <w:tr w:rsidR="00B0765B" w:rsidRPr="00595857" w14:paraId="6FDD9A9E" w14:textId="77777777" w:rsidTr="00595857">
         <w:trPr>
-          <w:trHeight w:val="469"/>
+          <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="743" w:type="dxa"/>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36EEEF73" w14:textId="77777777" w:rsidR="00B0765B" w:rsidRDefault="00B0765B" w:rsidP="001D6A83">
-[...20 lines deleted...]
-          <w:p w14:paraId="42FFE4CA" w14:textId="0B04A175" w:rsidR="00B0765B" w:rsidRPr="0035284B" w:rsidRDefault="00B0765B" w:rsidP="001D6A83">
+          <w:p w14:paraId="36EEEF73" w14:textId="77777777" w:rsidR="00B0765B" w:rsidRPr="00595857" w:rsidRDefault="00B0765B" w:rsidP="00A8332A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00595857">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Nr.</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="6FDD9A9C" w14:textId="02BA5FF5" w:rsidR="00B0765B" w:rsidRPr="0035284B" w:rsidRDefault="00B0765B" w:rsidP="001D6A83">
+              <w:t>Eil.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42FFE4CA" w14:textId="0B04A175" w:rsidR="00B0765B" w:rsidRPr="00595857" w:rsidRDefault="00B0765B" w:rsidP="00A8332A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0035284B">
+            <w:r w:rsidRPr="00595857">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9A9C" w14:textId="02BA5FF5" w:rsidR="00B0765B" w:rsidRPr="00595857" w:rsidRDefault="00B0765B" w:rsidP="00A8332A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Mokomojo dalyko pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1556" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FDD9A9D" w14:textId="2906C501" w:rsidR="00B0765B" w:rsidRPr="0035284B" w:rsidRDefault="00B0765B" w:rsidP="001D6A83">
+          <w:p w14:paraId="6FDD9A9D" w14:textId="2906C501" w:rsidR="00B0765B" w:rsidRPr="00595857" w:rsidRDefault="00B0765B" w:rsidP="008D688A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-5" w:right="-12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0035284B">
+            <w:r w:rsidRPr="00595857">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Egzam</w:t>
-[...7 lines deleted...]
-              <w:t>ino pirmoji dalis</w:t>
+              <w:t>Egzamino pirmoji dalis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11ED1" w:rsidRPr="0035284B" w14:paraId="6FDD9AC6" w14:textId="77777777" w:rsidTr="001D6A83">
-[...5 lines deleted...]
-            <w:tcW w:w="743" w:type="dxa"/>
+      <w:tr w:rsidR="00E11ED1" w:rsidRPr="00595857" w14:paraId="6FDD9AC6" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6597EB9C" w14:textId="6936C8C4" w:rsidR="00E11ED1" w:rsidRPr="00D467F8" w:rsidRDefault="00E11ED1" w:rsidP="001D6A83">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w14:paraId="6597EB9C" w14:textId="3FB5D814" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9AC3" w14:textId="7C57B363" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="004A22D8">
+            <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:tcW w:w="8328" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61657" w:rsidRPr="00595857">
+              <w:t xml:space="preserve"> pagal išplėstinio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595857">
+              <w:t xml:space="preserve"> (A)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61657" w:rsidRPr="00595857">
+              <w:t xml:space="preserve"> kurso programą (Lietuvių kalba ir literatūra (A))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D1D60F1" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="004A22D8">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E11ED1" w:rsidRPr="00595857" w14:paraId="74A7202A" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FDD9AC3" w14:textId="7C57B363" w:rsidR="00E11ED1" w:rsidRPr="0035284B" w:rsidRDefault="00E11ED1" w:rsidP="001D6A83">
+          <w:p w14:paraId="068B6367" w14:textId="34FA3081" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="313ACD3C" w14:textId="48858AB0" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="00595857">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
-              <w:rPr>
-[...43 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t xml:space="preserve">Lietuvių kalba ir literatūra </w:t>
+            </w:r>
+            <w:r w:rsidR="00B61657" w:rsidRPr="00595857">
+              <w:t xml:space="preserve">pagal bendrojo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595857">
+              <w:t>(B)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61657" w:rsidRPr="00595857">
+              <w:t xml:space="preserve"> kurso programą (Lietuvių kalba </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB0694" w:rsidRPr="00595857">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B61657" w:rsidRPr="00595857">
+              <w:t>ir literatūra (B))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A398364" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="004A22D8">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E11ED1" w:rsidRPr="00595857" w14:paraId="6FDD9ACB" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D1D60F1" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="0035284B" w:rsidRDefault="00E11ED1" w:rsidP="001D6A83">
+          <w:p w14:paraId="6652E920" w14:textId="5813CD83" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9AC8" w14:textId="28D12204" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="004A22D8">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61657" w:rsidRPr="00595857">
+              <w:t xml:space="preserve"> pagal išplėstinio (A) kurso programą (Matematika (A))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1689476C" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="004A22D8">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11ED1" w:rsidRPr="0035284B" w14:paraId="74A7202A" w14:textId="77777777" w:rsidTr="001D6A83">
-[...5 lines deleted...]
-            <w:tcW w:w="743" w:type="dxa"/>
+      <w:tr w:rsidR="00E11ED1" w:rsidRPr="00595857" w14:paraId="6FDD9AD5" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="068B6367" w14:textId="75C10741" w:rsidR="00E11ED1" w:rsidRPr="00D467F8" w:rsidRDefault="00E11ED1" w:rsidP="001D6A83">
-[...16 lines deleted...]
-            <w:tcW w:w="8328" w:type="dxa"/>
+          <w:p w14:paraId="62EE7ABA" w14:textId="04A8C841" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9AD2" w14:textId="2AB5C56F" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="00595857">
+            <w:pPr>
+              <w:ind w:rightChars="368" w:right="883"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t xml:space="preserve">Matematika </w:t>
+            </w:r>
+            <w:r w:rsidR="00B61657" w:rsidRPr="00595857">
+              <w:t>pagal bendrojo (B) kurso programą  (Matematika</w:t>
+            </w:r>
+            <w:r w:rsidR="00595857" w:rsidRPr="00595857">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B61657" w:rsidRPr="00595857">
+              <w:t>(B))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E21919" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="009F6511">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E11ED1" w:rsidRPr="00595857" w14:paraId="6FDD9ADA" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="313ACD3C" w14:textId="601F97C0" w:rsidR="00E11ED1" w:rsidRPr="0035284B" w:rsidRDefault="00E11ED1" w:rsidP="001D6A83">
-[...39 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+          <w:p w14:paraId="4997C25D" w14:textId="40F132A2" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9AD7" w14:textId="3F3532F5" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="009F6511">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Užsienio (anglų) kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="593F8068" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00595857" w:rsidRDefault="00E11ED1" w:rsidP="009F6511">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B25950" w:rsidRPr="00595857" w14:paraId="6FDD9AFD" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A398364" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="0035284B" w:rsidRDefault="00E11ED1" w:rsidP="001D6A83">
+          <w:p w14:paraId="6494AD18" w14:textId="5929A8E7" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9AFA" w14:textId="3F47D564" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
-              <w:rPr>
-[...262 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
               <w:t>Istorija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1556" w:type="dxa"/>
             <w:tcBorders>
               <w:tl2br w:val="nil"/>
               <w:tr2bl w:val="nil"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F7F0250" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B25950" w:rsidRPr="00595857" w14:paraId="334E5D19" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F7F0250" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="0035284B" w:rsidRDefault="00B25950" w:rsidP="001D6A83">
+          <w:p w14:paraId="2E3C1931" w14:textId="20B56236" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B0199B" w14:textId="0A5010D7" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Geografija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FD4303" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B25950" w:rsidRPr="0035284B" w14:paraId="334E5D19" w14:textId="77777777" w:rsidTr="001D6A83">
-[...5 lines deleted...]
-            <w:tcW w:w="743" w:type="dxa"/>
+      <w:tr w:rsidR="00B25950" w:rsidRPr="00595857" w14:paraId="64BDE61C" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E3C1931" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00D467F8" w:rsidRDefault="00B25950" w:rsidP="001D6A83">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w14:paraId="01D66888" w14:textId="3FC30187" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F22F31" w14:textId="39AB9BC4" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:tcW w:w="8328" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Ekonomika ir verslumas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8E628A" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B25950" w:rsidRPr="00595857" w14:paraId="7B229745" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25B0199B" w14:textId="0A5010D7" w:rsidR="00B25950" w:rsidRPr="0035284B" w:rsidRDefault="00B25950" w:rsidP="001D6A83">
+          <w:p w14:paraId="0F2080D9" w14:textId="23299DA0" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA085BF" w14:textId="59CCECBC" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
-              <w:rPr>
-[...15 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Filosofija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0877BE53" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B25950" w:rsidRPr="00595857" w14:paraId="315F23A5" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24FD4303" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="0035284B" w:rsidRDefault="00B25950" w:rsidP="001D6A83">
+          <w:p w14:paraId="53C37D8C" w14:textId="29AB867B" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B054877" w14:textId="6B053F4E" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Biologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D7BA60" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B25950" w:rsidRPr="0035284B" w14:paraId="64BDE61C" w14:textId="77777777" w:rsidTr="001D6A83">
-[...5 lines deleted...]
-            <w:tcW w:w="743" w:type="dxa"/>
+      <w:tr w:rsidR="00B25950" w:rsidRPr="00595857" w14:paraId="6BAD511E" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01D66888" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00D467F8" w:rsidRDefault="00B25950" w:rsidP="001D6A83">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w14:paraId="3675503F" w14:textId="6E06B079" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CE279E" w14:textId="07900E4B" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Chemija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66582D43" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:tcW w:w="8328" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B25950" w:rsidRPr="00595857" w14:paraId="71F35C61" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69F22F31" w14:textId="39AB9BC4" w:rsidR="00B25950" w:rsidRPr="0035284B" w:rsidRDefault="00B25950" w:rsidP="001D6A83">
+          <w:p w14:paraId="26DC3EF9" w14:textId="0206EAA1" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A689279" w14:textId="2EDD0FF9" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Fizika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D2FAC2F" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
-              <w:rPr>
-[...15 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B25950" w:rsidRPr="00595857" w14:paraId="48427F99" w14:textId="77777777" w:rsidTr="00595857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B8E628A" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="0035284B" w:rsidRDefault="00B25950" w:rsidP="001D6A83">
+          <w:p w14:paraId="4FECD0F6" w14:textId="0035F237" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="00595857">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B195BE3" w14:textId="4EEEB91E" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
+              <w:t>Informatika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A09B5C8" w14:textId="77777777" w:rsidR="00B25950" w:rsidRPr="00595857" w:rsidRDefault="00B25950" w:rsidP="00B25950">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
-              <w:rPr>
-[...312 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FDD9AFE" w14:textId="39E83B22" w:rsidR="004E2945" w:rsidRPr="001D6A83" w:rsidRDefault="00A85292" w:rsidP="001D6A83">
+    <w:p w14:paraId="60BF3BC5" w14:textId="62495D91" w:rsidR="00595857" w:rsidRPr="001238AF" w:rsidRDefault="004E2945" w:rsidP="001238AF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:rightChars="-11" w:right="-26"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001D6A83">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(pasirinkę konkretaus dalyko egzamin</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44CED" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5F41" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pirmąją</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0335E" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E2945" w:rsidRPr="001D6A83">
-[...11 lines deleted...]
-      <w:r w:rsidR="00F44CED" w:rsidRPr="001D6A83">
+      <w:r w:rsidR="00F44CED" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>dalį</w:t>
       </w:r>
-      <w:r w:rsidR="004E2945" w:rsidRPr="001D6A83">
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, atitinkamoje lentelės vietoje įrašykite žodelį </w:t>
       </w:r>
-      <w:r w:rsidR="004E2945" w:rsidRPr="001D6A83">
+      <w:r w:rsidRPr="00595857">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>„taip“</w:t>
       </w:r>
-      <w:r w:rsidR="004E2945" w:rsidRPr="001D6A83">
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52ED1928" w14:textId="77777777" w:rsidR="001D6A83" w:rsidRDefault="001D6A83" w:rsidP="00CD7C7C">
-      <w:pPr>
+    <w:p w14:paraId="28546434" w14:textId="2925EF22" w:rsidR="00595857" w:rsidRPr="00595857" w:rsidRDefault="009D0501" w:rsidP="001238AF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:rightChars="117" w:right="281"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="117" w:right="281"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00595857">
+        <w:t>Informuoju, kad mano mokymosi kalba: lietuvių</w:t>
+      </w:r>
+      <w:r w:rsidR="00595857" w:rsidRPr="00595857">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9B02" w14:textId="3E1EAE4F" w:rsidR="004E2945" w:rsidRDefault="009D0501" w:rsidP="001D6A83">
+    <w:p w14:paraId="6FDD9B03" w14:textId="5F0788F1" w:rsidR="00766505" w:rsidRDefault="00AD2DD7" w:rsidP="001238AF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:rightChars="117" w:right="281"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00595857">
+        <w:t>Su Valstybinių brandos egzaminų organizavimo ir vykdymo tvarkos aprašo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61657" w:rsidRPr="00595857">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:t xml:space="preserve"> patvirtinto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2023 m. rugsėjo 11 d. įsakymu Nr. V-1187 „Dėl Valstybinių brandos egzaminų organizavimo ir vykdymo tvarkos aprašo patvirtinimo“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A712B0" w:rsidRPr="00595857">
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:t>.1 papunktyje įvardytomis nuostatomis</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5F41" w:rsidRPr="00595857">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk174960717"/>
+      <w:r w:rsidR="00A712B0" w:rsidRPr="00595857">
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5F41" w:rsidRPr="00595857">
+        <w:t>.3 papunktyje įvardytais pasirinktų valstybinių brandos egzaminų užduočių aprašais</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00595857">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00252C18" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A712B0" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00252C18" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="005529E2" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00252C18" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:t xml:space="preserve">valstybinių brandos egzaminų tvarkaraščiu, patvirtintu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvos Respublikos švietimo, mokslo ir sporto ministro </w:t>
+      </w:r>
+      <w:r w:rsidR="00403635" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2025 m. lapkričio 26 d. įsakymu Nr. V-1208</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Dėl 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A712B0" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A712B0" w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų valstybinių brandos egzaminų tvarkaraščio patvirtinimo“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:t xml:space="preserve"> susipažinau.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8F193E" w14:textId="77777777" w:rsidR="001D6A83" w:rsidRPr="00D852C9" w:rsidRDefault="001D6A83" w:rsidP="001D6A83">
+    <w:p w14:paraId="50B1E536" w14:textId="77777777" w:rsidR="001238AF" w:rsidRPr="00595857" w:rsidRDefault="001238AF" w:rsidP="00B251CF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:rightChars="117" w:right="281"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FDD9B03" w14:textId="07B88584" w:rsidR="00766505" w:rsidRPr="00E6077E" w:rsidRDefault="00AD2DD7" w:rsidP="001D6A83">
+    <w:p w14:paraId="6FE1EB2B" w14:textId="77777777" w:rsidR="00595857" w:rsidRPr="00595857" w:rsidRDefault="00595857" w:rsidP="003F5621">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:firstLine="567"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:rightChars="3" w:right="7"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...346 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="122" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2526"/>
         <w:gridCol w:w="2645"/>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="2532"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E2945" w:rsidRPr="0035284B" w14:paraId="6FDD9B11" w14:textId="77777777" w:rsidTr="00E11ED1">
+      <w:tr w:rsidR="004E2945" w:rsidRPr="00595857" w14:paraId="6FDD9B16" w14:textId="77777777" w:rsidTr="00E11ED1">
+        <w:trPr>
+          <w:trHeight w:val="156"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0E807D" w14:textId="77777777" w:rsidR="004E2945" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
+          <w:p w14:paraId="6FDD9B12" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00595857" w:rsidRDefault="004E2945" w:rsidP="00595857">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:ind w:rightChars="-11" w:right="-26"/>
-[...89 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:rightChars="-11" w:right="-26"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FDD9B13" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="0035284B" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
+          <w:p w14:paraId="6FDD9B13" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00595857" w:rsidRDefault="004E2945" w:rsidP="00595857">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:rightChars="-11" w:right="-26"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
               <w:t>(parašas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FDD9B14" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="0035284B" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
+          <w:p w14:paraId="6FDD9B14" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00595857" w:rsidRDefault="004E2945" w:rsidP="00595857">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:rightChars="-11" w:right="-26"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FDD9B15" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="0035284B" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
+          <w:p w14:paraId="6FDD9B15" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00595857" w:rsidRDefault="004E2945" w:rsidP="00595857">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:rightChars="-11" w:right="-26"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595857">
               <w:t>(vardas ir  pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FDD9B17" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="00F81712">
+    <w:p w14:paraId="6FDD9B17" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00595857" w:rsidRDefault="004E2945" w:rsidP="00595857">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:rightChars="-11" w:right="-26"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidSect="001D6A83">
+    <w:sectPr w:rsidR="004E2945" w:rsidRPr="00595857" w:rsidSect="00595857">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="426" w:right="758" w:bottom="0" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="616" w:bottom="567" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18FC2074"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5CE574C"/>
     <w:lvl w:ilvl="0" w:tplc="DF788786">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1245" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1965" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2770,224 +2055,241 @@
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4860"/>
         </w:tabs>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5580"/>
         </w:tabs>
         <w:ind w:left="5580" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2133357007">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1269267381">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="723141004">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1750883045">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1482766902">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B0D3F"/>
     <w:rsid w:val="00050DC4"/>
     <w:rsid w:val="00077DC9"/>
     <w:rsid w:val="00095B82"/>
     <w:rsid w:val="0011437F"/>
-    <w:rsid w:val="00124060"/>
+    <w:rsid w:val="001238AF"/>
     <w:rsid w:val="001874BA"/>
     <w:rsid w:val="001A103B"/>
-    <w:rsid w:val="001D6A83"/>
     <w:rsid w:val="00220313"/>
     <w:rsid w:val="00227BC6"/>
     <w:rsid w:val="002350B1"/>
+    <w:rsid w:val="002401A6"/>
     <w:rsid w:val="00252C18"/>
     <w:rsid w:val="0028031E"/>
     <w:rsid w:val="00295E37"/>
     <w:rsid w:val="002A46A8"/>
     <w:rsid w:val="002A5AC7"/>
+    <w:rsid w:val="00370102"/>
+    <w:rsid w:val="003914BC"/>
     <w:rsid w:val="003D5F6F"/>
+    <w:rsid w:val="003F5621"/>
+    <w:rsid w:val="00403635"/>
     <w:rsid w:val="0045684A"/>
     <w:rsid w:val="004733AF"/>
     <w:rsid w:val="004A22D8"/>
+    <w:rsid w:val="004C1EA4"/>
     <w:rsid w:val="004E2945"/>
     <w:rsid w:val="004F5F41"/>
     <w:rsid w:val="005102E3"/>
     <w:rsid w:val="00543C86"/>
+    <w:rsid w:val="005529E2"/>
     <w:rsid w:val="005569E5"/>
     <w:rsid w:val="0057245F"/>
+    <w:rsid w:val="00595857"/>
     <w:rsid w:val="005C7222"/>
+    <w:rsid w:val="00612696"/>
     <w:rsid w:val="00640E46"/>
+    <w:rsid w:val="00650320"/>
     <w:rsid w:val="00657FF4"/>
     <w:rsid w:val="00677226"/>
     <w:rsid w:val="006772EE"/>
     <w:rsid w:val="0068327C"/>
     <w:rsid w:val="006B2380"/>
     <w:rsid w:val="006E0D6B"/>
     <w:rsid w:val="007240D1"/>
     <w:rsid w:val="00754AB6"/>
+    <w:rsid w:val="007602A0"/>
     <w:rsid w:val="00766505"/>
     <w:rsid w:val="007B0D3F"/>
-    <w:rsid w:val="007C1FB3"/>
     <w:rsid w:val="00865154"/>
     <w:rsid w:val="008A4B9D"/>
     <w:rsid w:val="008D688A"/>
     <w:rsid w:val="008D7060"/>
     <w:rsid w:val="008D7502"/>
     <w:rsid w:val="00931804"/>
+    <w:rsid w:val="0093593C"/>
     <w:rsid w:val="009432CC"/>
     <w:rsid w:val="00976211"/>
     <w:rsid w:val="009C6A6A"/>
     <w:rsid w:val="009D0501"/>
     <w:rsid w:val="009F6511"/>
+    <w:rsid w:val="00A60481"/>
+    <w:rsid w:val="00A712B0"/>
+    <w:rsid w:val="00A73558"/>
     <w:rsid w:val="00A85292"/>
     <w:rsid w:val="00AC419A"/>
     <w:rsid w:val="00AD2DD7"/>
     <w:rsid w:val="00B0765B"/>
     <w:rsid w:val="00B2337D"/>
+    <w:rsid w:val="00B251CF"/>
     <w:rsid w:val="00B25950"/>
     <w:rsid w:val="00B31E13"/>
     <w:rsid w:val="00B35E80"/>
     <w:rsid w:val="00B41F67"/>
     <w:rsid w:val="00B61657"/>
     <w:rsid w:val="00B66F3D"/>
     <w:rsid w:val="00B777CE"/>
     <w:rsid w:val="00BA3995"/>
+    <w:rsid w:val="00BE472C"/>
     <w:rsid w:val="00BF43E9"/>
     <w:rsid w:val="00C66975"/>
     <w:rsid w:val="00C870A0"/>
     <w:rsid w:val="00C8721E"/>
     <w:rsid w:val="00C9043A"/>
     <w:rsid w:val="00CD7C7C"/>
     <w:rsid w:val="00D0335E"/>
+    <w:rsid w:val="00D216F0"/>
     <w:rsid w:val="00D257D8"/>
     <w:rsid w:val="00D30A2A"/>
     <w:rsid w:val="00D467F8"/>
+    <w:rsid w:val="00DB0694"/>
     <w:rsid w:val="00DD56F9"/>
     <w:rsid w:val="00E11ED1"/>
     <w:rsid w:val="00E22ACE"/>
     <w:rsid w:val="00E54F10"/>
     <w:rsid w:val="00E6077E"/>
     <w:rsid w:val="00E657DB"/>
     <w:rsid w:val="00E958C8"/>
     <w:rsid w:val="00EB61CD"/>
     <w:rsid w:val="00EB660D"/>
     <w:rsid w:val="00EF3671"/>
     <w:rsid w:val="00F070F0"/>
     <w:rsid w:val="00F071A6"/>
     <w:rsid w:val="00F44CED"/>
     <w:rsid w:val="00F60C46"/>
     <w:rsid w:val="00F66CE1"/>
     <w:rsid w:val="00F81712"/>
     <w:rsid w:val="00F8320E"/>
     <w:rsid w:val="00F93B9E"/>
     <w:rsid w:val="00FE1A89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6FDD9A87"/>
   <w15:docId w15:val="{B8E992BF-EE9F-462C-BBDC-0CFA76F1D749}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3319,51 +2621,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004E2945"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -3490,51 +2791,51 @@
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pataisymai">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002350B1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="531839746">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
@@ -3803,183 +3104,68 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x01010085CE2AF824B45C4D8BCB0E00B5F5FB8F" ma:contentTypeVersion="15" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="0fcd02c12d5b234027e76ca37fd8b9b8">
-[...2 lines deleted...]
-    <xsd:import namespace="ef442c5f-0610-4720-baae-1016e5279731"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x0101002F7894FA987F1949A98A4131B3B5E996" ma:contentTypeVersion="0" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="c8e83e8669586c9b36c0a1baacff49dc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bb184a0556433ebd5d1bfaa22cfe5d8f">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
-              <xsd:all>
-[...15 lines deleted...]
-              </xsd:all>
+              <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
-    </xsd:element>
-[...101 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Turinio tipas"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Antraštė"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -4037,144 +3223,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-</file>
-[...6 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A089CC37-0AEE-48D0-96FD-EA1D173ACA95}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B0A2F38-F0CF-47CF-8F87-84070EC4B23F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D088F6DB-EFE9-4448-9F47-9DB784515B16}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99BAFD0C-995D-4F5A-9579-6B7476FA96FA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="70e84bf1-8243-4edb-bbec-32ed2d0750cb"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA984963-35E1-495E-850E-12CB0B68894E}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40880110-0D3B-49B4-9FBE-A33C25751A41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>278</Words>
-  <Characters>1591</Characters>
+  <Words>1215</Words>
+  <Characters>693</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1866</CharactersWithSpaces>
+  <CharactersWithSpaces>1905</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Viktorija Jakštaitė</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010085CE2AF824B45C4D8BCB0E00B5F5FB8F</vt:lpwstr>
+    <vt:lpwstr>0x0101002F7894FA987F1949A98A4131B3B5E996</vt:lpwstr>
   </property>
 </Properties>
 </file>