--- v0 (2025-10-12)
+++ v1 (2025-12-17)
@@ -5,2631 +5,3823 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="6FDD9A8A" w14:textId="77777777" w:rsidR="004E2945" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8A" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00074E00" w:rsidRDefault="004E2945" w:rsidP="002A75CC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-18" w:right="-43"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6FDD9A8B" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00074E00" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11890706" w14:textId="77777777" w:rsidR="00AE7F01" w:rsidRDefault="00AE7F01" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8C" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00074E00" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(vardas, pavardė)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A8B" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00F41E2F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="3BD7F18E" w14:textId="77777777" w:rsidR="0069056B" w:rsidRPr="00074E00" w:rsidRDefault="0069056B" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FDD9A8C" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8D" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00074E00" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...8 lines deleted...]
-        <w:t>(vardas, pavardė)</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A8D" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00F41E2F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8E" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00074E00" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(asmens kodas)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A8E" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00383257" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="3E97CC24" w14:textId="77777777" w:rsidR="0069056B" w:rsidRPr="00074E00" w:rsidRDefault="0069056B" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FDD9A8F" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00F41E2F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A8F" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00074E00" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A90" w14:textId="08909BF4" w:rsidR="004E2945" w:rsidRPr="00383257" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A90" w14:textId="08909BF4" w:rsidR="004E2945" w:rsidRPr="00074E00" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-18" w:right="-43"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...6 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(telefono numeris</w:t>
       </w:r>
-      <w:r w:rsidR="00A601B6">
-[...2 lines deleted...]
-          <w:szCs w:val="17"/>
+      <w:r w:rsidR="00A601B6" w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, el. pašto adresas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00383257">
-[...2 lines deleted...]
-          <w:szCs w:val="17"/>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A91" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="12C6C46A" w14:textId="77777777" w:rsidR="0069056B" w:rsidRPr="00074E00" w:rsidRDefault="0069056B" w:rsidP="004E2945">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-18" w:right="-43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FDD9A91" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00074E00" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:rPr>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77680936" w14:textId="17DD46BA" w:rsidR="004733AF" w:rsidRDefault="004E2945" w:rsidP="00F60C46">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58298654" w14:textId="77777777" w:rsidR="004733AF" w:rsidRPr="00AE7F01" w:rsidRDefault="004733AF" w:rsidP="00F60C46">
+    <w:p w14:paraId="58298654" w14:textId="77777777" w:rsidR="004733AF" w:rsidRDefault="004733AF" w:rsidP="00F60C46">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02AF27DB" w14:textId="07B8288C" w:rsidR="00AE7F01" w:rsidRDefault="004E2945" w:rsidP="00AE7F01">
+    <w:p w14:paraId="6B3B1751" w14:textId="5E611965" w:rsidR="0069056B" w:rsidRPr="00595857" w:rsidRDefault="0069056B" w:rsidP="0069056B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7F01">
+      <w:r w:rsidRPr="00595857">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve">Vilniaus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>šv.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kristoforo gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00595857">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE1E68">
+      <w:r w:rsidRPr="00595857">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Vilniaus</w:t>
-[...29 lines deleted...]
-        <w:t>ktorei</w:t>
+        <w:t>direktoriui</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A93" w14:textId="280C5339" w:rsidR="004E2945" w:rsidRPr="00AE7F01" w:rsidRDefault="008A4B9D" w:rsidP="00AE7F01">
+    <w:p w14:paraId="6FDD9A93" w14:textId="18392325" w:rsidR="004E2945" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="0069056B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-          <w:szCs w:val="17"/>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="004E2945" w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(mokyklos pavadinimas)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FDD9A94" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F233596" w14:textId="77777777" w:rsidR="00CA785B" w:rsidRDefault="00CA785B" w:rsidP="004E2945">
+    <w:p w14:paraId="34B41082" w14:textId="7AEA0CA3" w:rsidR="00074E00" w:rsidRDefault="004E2945" w:rsidP="00074E00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-12" w:right="-29"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PRAŠYMAS</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A95" w14:textId="14A9BF79" w:rsidR="004E2945" w:rsidRPr="008B2F6F" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="5E623F37" w14:textId="77777777" w:rsidR="00074E00" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-12" w:right="-29"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="236263ED" w14:textId="77777777" w:rsidR="00642F64" w:rsidRDefault="004E2945" w:rsidP="00074E00">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-12" w:right="-29"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00034099">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00034099">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2167C725" w14:textId="451DCD86" w:rsidR="00074E00" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-12" w:right="-29"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B2F6F">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PRAŠYMAS</w:t>
+        <w:t>(data)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A96" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9A96" w14:textId="254FA87D" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-19" w:right="-46"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00034099">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A97" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="440D5BDE" w14:textId="77777777" w:rsidR="00074E00" w:rsidRPr="00034099" w:rsidRDefault="00074E00" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-12" w:right="-29"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00034099">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6FDD9A98" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00034099" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E74391A" w14:textId="6C80BAA9" w:rsidR="004404B5" w:rsidRPr="00CA785B" w:rsidRDefault="004E2945" w:rsidP="00A22F66">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="4E74391A" w14:textId="06F984E8" w:rsidR="004404B5" w:rsidRPr="002A75CC" w:rsidRDefault="0053753A" w:rsidP="00074E00">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="567" w:rightChars="-64" w:right="-154" w:hanging="283"/>
+        <w:ind w:rightChars="-64" w:right="-154" w:firstLine="567"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CA785B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074E00">
+        <w:t>1. </w:t>
+      </w:r>
+      <w:r w:rsidR="004E2945" w:rsidRPr="00074E00">
         <w:t xml:space="preserve">Prašau </w:t>
       </w:r>
-      <w:r w:rsidR="00B777CE" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00B777CE" w:rsidRPr="00074E00">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B35E80" w:rsidRPr="00CA785B">
-[...5 lines deleted...]
-      <w:r w:rsidR="00B777CE" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00F542CF" w:rsidRPr="00074E00">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A27" w:rsidRPr="00074E00">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00B777CE" w:rsidRPr="00074E00">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B35E80" w:rsidRPr="00CA785B">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B777CE" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00F542CF" w:rsidRPr="00074E00">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B777CE" w:rsidRPr="00074E00">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA785B">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E958C8" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00E14C93" w:rsidRPr="00074E00">
+        <w:t>m. m.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2945" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> leisti laikyti </w:t>
+      </w:r>
+      <w:r w:rsidR="00E958C8" w:rsidRPr="00074E00">
         <w:t xml:space="preserve">šių </w:t>
       </w:r>
-      <w:r w:rsidR="00C66975" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00C66975" w:rsidRPr="00074E00">
         <w:t>valstybini</w:t>
       </w:r>
-      <w:r w:rsidR="00E958C8" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00E958C8" w:rsidRPr="00074E00">
         <w:t>ų</w:t>
       </w:r>
-      <w:r w:rsidR="00C66975" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00C66975" w:rsidRPr="00074E00">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA785B">
+      <w:r w:rsidR="004E2945" w:rsidRPr="00074E00">
         <w:t>brandos egzamin</w:t>
       </w:r>
-      <w:r w:rsidR="00E958C8" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00E958C8" w:rsidRPr="00074E00">
         <w:t xml:space="preserve">ų </w:t>
       </w:r>
-      <w:r w:rsidR="00314B55" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00314B55" w:rsidRPr="002A75CC">
         <w:t>antrąją</w:t>
       </w:r>
-      <w:r w:rsidR="001874BA" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="001874BA" w:rsidRPr="002A75CC">
         <w:t xml:space="preserve"> dal</w:t>
       </w:r>
-      <w:r w:rsidR="00A57147" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00A57147" w:rsidRPr="002A75CC">
         <w:t>į</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA785B">
+      <w:r w:rsidR="004E2945" w:rsidRPr="002A75CC">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9A99" w14:textId="3D891194" w:rsidR="004E2945" w:rsidRPr="00CA785B" w:rsidRDefault="004E2945" w:rsidP="004404B5">
+    <w:p w14:paraId="6FDD9A99" w14:textId="3D891194" w:rsidR="004E2945" w:rsidRPr="008D7060" w:rsidRDefault="004E2945" w:rsidP="004404B5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567" w:rightChars="-64" w:right="-154"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00CA785B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D7060">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10336" w:type="dxa"/>
+        <w:tblW w:w="9638" w:type="dxa"/>
         <w:tblInd w:w="-4" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="779"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1566"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="6370"/>
+        <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00090AB3" w:rsidRPr="00CA785B" w14:paraId="6FDD9A9E" w14:textId="77777777" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00090AB3" w:rsidRPr="0035284B" w14:paraId="6FDD9A9E" w14:textId="77777777" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="712"/>
+          <w:trHeight w:val="762"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="36EEEF73" w14:textId="77777777" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="00A8332A">
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36EEEF73" w14:textId="77777777" w:rsidR="00090AB3" w:rsidRPr="00074E00" w:rsidRDefault="00090AB3" w:rsidP="00074E00">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-4" w:right="-10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00074E00">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Eil.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42FFE4CA" w14:textId="0B04A175" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="00A8332A">
+          <w:p w14:paraId="42FFE4CA" w14:textId="0B04A175" w:rsidR="00090AB3" w:rsidRPr="00074E00" w:rsidRDefault="00090AB3" w:rsidP="00074E00">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-4" w:right="-10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00074E00">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7991" w:type="dxa"/>
+            <w:tcW w:w="6370" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FDD9A9C" w14:textId="02BA5FF5" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="00A8332A">
+          <w:p w14:paraId="6FDD9A9C" w14:textId="02BA5FF5" w:rsidR="00090AB3" w:rsidRPr="00074E00" w:rsidRDefault="00090AB3" w:rsidP="00A8332A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-4" w:right="-10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00074E00">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Mokomojo dalyko pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C4C5E50" w14:textId="36B7BA67" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="0057245F">
+          <w:p w14:paraId="6FDD9A9D" w14:textId="257FDB40" w:rsidR="00090AB3" w:rsidRPr="00074E00" w:rsidRDefault="00090AB3" w:rsidP="00074E00">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-5" w:right="-12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00074E00">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Egzamino antroji dalis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FDD9A9D" w14:textId="2185E0A7" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="00C66975">
-[...10 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11ED1" w:rsidRPr="00CA785B" w14:paraId="6FDD9AC6" w14:textId="77777777" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00E11ED1" w:rsidRPr="0035284B" w14:paraId="6FDD9AC6" w14:textId="77777777" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="514"/>
+          <w:trHeight w:val="633"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...7 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6597EB9C" w14:textId="19E36F4D" w:rsidR="00E11ED1" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9AC3" w14:textId="4C6596AA" w:rsidR="00E11ED1" w:rsidRPr="00074E00" w:rsidRDefault="00016C77" w:rsidP="004A22D8">
+            <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="6FDD9AC3" w14:textId="4C6596AA" w:rsidR="00E11ED1" w:rsidRPr="00CA785B" w:rsidRDefault="00016C77" w:rsidP="004A22D8">
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Lietuvių kalba ir literatūra pagal išplėstinio (A) kurso programą (Lietuvių kalba ir literatūra (A))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D1D60F1" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00074E00" w:rsidRDefault="00E11ED1" w:rsidP="004A22D8">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E11ED1" w:rsidRPr="0035284B" w14:paraId="74A7202A" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="633"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="068B6367" w14:textId="1DDAAB46" w:rsidR="00E11ED1" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="313ACD3C" w14:textId="6DE23580" w:rsidR="00E11ED1" w:rsidRPr="00074E00" w:rsidRDefault="00C45A7D" w:rsidP="008A516E">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
-[...8 lines deleted...]
-          <w:p w14:paraId="5D1D60F1" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00CA785B" w:rsidRDefault="00E11ED1" w:rsidP="004A22D8">
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Lietuvių kalba ir literatūra pagal bendrojo (B) kurso programą (Lietuvių kalba ir literatūra (B))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A398364" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00074E00" w:rsidRDefault="00E11ED1" w:rsidP="004A22D8">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11ED1" w:rsidRPr="00CA785B" w14:paraId="74A7202A" w14:textId="77777777" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="6FDD9ACB" w14:textId="77777777" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="514"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...7 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6652E920" w14:textId="5B717485" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57033766" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
             </w:pPr>
-          </w:p>
-[...18 lines deleted...]
-          <w:p w14:paraId="4A398364" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00CA785B" w:rsidRDefault="00E11ED1" w:rsidP="004A22D8">
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Matematika pagal išplėstinio (A) kurso programą</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDD9AC8" w14:textId="2BAAEAEC" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>(Matematika (A))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1689476C" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w14:paraId="6FDD9ACB" w14:textId="77777777" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="6FDD9AD5" w14:textId="77777777" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="256"/>
+          <w:trHeight w:val="633"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="1689476C" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EE7ABA" w14:textId="6E7A8B2A" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9AD2" w14:textId="2B5EA16D" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00C4012D" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Matematika pagal bendrojo (B) kurso programą  (Matematika (B))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E21919" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w14:paraId="6FDD9AD5" w14:textId="77777777" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="6FDD9ADA" w14:textId="77777777" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="256"/>
+          <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...7 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4997C25D" w14:textId="3AD69A14" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9AD7" w14:textId="3F3532F5" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="6FDD9AD2" w14:textId="2B5EA16D" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00C4012D" w:rsidP="00E14CEB">
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Užsienio (anglų) kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="593F8068" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
-[...8 lines deleted...]
-          <w:p w14:paraId="56E21919" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="6FDD9AFD" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="316"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6494AD18" w14:textId="52B2570C" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9AFA" w14:textId="3F47D564" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00074E00">
               <w:t>Istorija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:tl2br w:val="nil"/>
               <w:tr2bl w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F7F0250" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+          <w:p w14:paraId="2F7F0250" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w14:paraId="334E5D19" w14:textId="77777777" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="334E5D19" w14:textId="77777777" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="256"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...7 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3C1931" w14:textId="200973A5" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B0199B" w14:textId="0A5010D7" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="25B0199B" w14:textId="0A5010D7" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Geografija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FD4303" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
-[...8 lines deleted...]
-          <w:p w14:paraId="24FD4303" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="64BDE61C" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="316"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D66888" w14:textId="78ADCB11" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F22F31" w14:textId="39AB9BC4" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Ekonomika ir verslumas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8E628A" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w14:paraId="64BDE61C" w14:textId="77777777" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="7B229745" w14:textId="77777777" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="256"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...7 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2080D9" w14:textId="44358A77" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA085BF" w14:textId="59CCECBC" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="69F22F31" w14:textId="39AB9BC4" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Filosofija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0877BE53" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
-[...8 lines deleted...]
-          <w:p w14:paraId="5B8E628A" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="315F23A5" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="316"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C37D8C" w14:textId="6AFC6917" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B054877" w14:textId="6B053F4E" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Biologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D7BA60" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w14:paraId="7B229745" w14:textId="77777777" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="6BAD511E" w14:textId="77777777" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="256"/>
+          <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...7 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3675503F" w14:textId="3D103265" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CE279E" w14:textId="07900E4B" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Chemija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66582D43" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...3 lines deleted...]
-          <w:p w14:paraId="5EA085BF" w14:textId="59CCECBC" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+      </w:tr>
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="71F35C61" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="316"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DC3EF9" w14:textId="4C9CF103" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A689279" w14:textId="2EDD0FF9" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>Fizika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D2FAC2F" w14:textId="77777777" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
-[...11 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w14:paraId="315F23A5" w14:textId="77777777" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00E14CEB" w:rsidRPr="0035284B" w14:paraId="48427F99" w14:textId="77777777" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="256"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...50 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="717" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FECD0F6" w14:textId="6DCAB27E" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00074E00">
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B195BE3" w14:textId="2EDE1268" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
             </w:pPr>
-          </w:p>
-[...95 lines deleted...]
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00074E00">
               <w:t>Informatika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4A09B5C8" w14:textId="4D974417" w:rsidR="00E14CEB" w:rsidRPr="00CA785B" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A09B5C8" w14:textId="4D974417" w:rsidR="00E14CEB" w:rsidRPr="00074E00" w:rsidRDefault="00E14CEB" w:rsidP="00E14CEB">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1ABA485F" w14:textId="77777777" w:rsidR="00AE7F01" w:rsidRPr="00CA785B" w:rsidRDefault="00AE7F01" w:rsidP="00036FDA">
+    <w:p w14:paraId="4C051BEA" w14:textId="0198E835" w:rsidR="00181565" w:rsidRPr="00074E00" w:rsidRDefault="004E2945" w:rsidP="00074E00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-11" w:right="-26"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CA785B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(pasirinkę konkretaus dalyko egzamin</w:t>
       </w:r>
-      <w:r w:rsidR="00F44CED" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00F44CED" w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00A601B6" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00A601B6" w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">  antrąją</w:t>
       </w:r>
-      <w:r w:rsidR="00D0335E" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00D0335E" w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F44CED" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00F44CED" w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>dalį</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA785B">
+      <w:r w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, atitinkamoje lentelės vietoje įrašykite žodelį </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA785B">
+      <w:r w:rsidRPr="00074E00">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>„taip“</w:t>
       </w:r>
-      <w:r w:rsidR="00CA785B" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="00074E00" w:rsidRPr="00074E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF51DE5" w14:textId="77777777" w:rsidR="00820DE9" w:rsidRPr="00CA785B" w:rsidRDefault="00820DE9" w:rsidP="00181565">
+    <w:p w14:paraId="32E1E97D" w14:textId="77777777" w:rsidR="00E14C93" w:rsidRPr="00074E00" w:rsidRDefault="00E14C93" w:rsidP="00181565">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="117" w:right="281"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D47B00D" w14:textId="28788998" w:rsidR="00181565" w:rsidRPr="00CA785B" w:rsidRDefault="00AE7F01" w:rsidP="00181565">
+    <w:p w14:paraId="1CDDA873" w14:textId="488CBD46" w:rsidR="00074E00" w:rsidRDefault="00820DE9" w:rsidP="00074E00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="117" w:right="281"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA785B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CA785B">
+      <w:r w:rsidRPr="00074E00">
+        <w:t>Informuoju, kad mano mokymosi kalba: lietuvių</w:t>
+      </w:r>
+      <w:r w:rsidR="00074E00">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CDDA873" w14:textId="2F2D2090" w:rsidR="00FF7D35" w:rsidRPr="00CA785B" w:rsidRDefault="00FF7D35">
+    <w:p w14:paraId="5A4607D6" w14:textId="77777777" w:rsidR="00074E00" w:rsidRDefault="00074E00">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA785B">
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="714705E8" w14:textId="77777777" w:rsidR="00A57147" w:rsidRDefault="00A57147" w:rsidP="00181565">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="117" w:right="281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11809C40" w14:textId="77777777" w:rsidR="00A57147" w:rsidRPr="00CA785B" w:rsidRDefault="00A57147" w:rsidP="004E2945">
+    <w:p w14:paraId="1D0BE0BE" w14:textId="03CDFF1C" w:rsidR="00242BBF" w:rsidRPr="002A75CC" w:rsidRDefault="0053753A" w:rsidP="00A36D4D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:rightChars="567" w:right="1361"/>
-[...1 lines deleted...]
-      </w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:t>2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57147" w:rsidRPr="00A36D4D">
+        <w:t>Prašau 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A716AB" w:rsidRPr="00A36D4D">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A27" w:rsidRPr="00A36D4D">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57147" w:rsidRPr="00A36D4D">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A716AB" w:rsidRPr="00A36D4D">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57147" w:rsidRPr="00A36D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14C93" w:rsidRPr="00A36D4D">
+        <w:t>m. m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57147" w:rsidRPr="00A36D4D">
+        <w:t xml:space="preserve"> leisti laikyti </w:t>
+      </w:r>
+      <w:r w:rsidR="00090AB3" w:rsidRPr="00A36D4D">
+        <w:t xml:space="preserve">šių </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57147" w:rsidRPr="00A36D4D">
+        <w:t xml:space="preserve">valstybinių brandos egzaminų </w:t>
+      </w:r>
+      <w:r w:rsidR="00090AB3" w:rsidRPr="002A75CC">
+        <w:t>pirmąsias</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57147" w:rsidRPr="002A75CC">
+        <w:t xml:space="preserve"> dal</w:t>
+      </w:r>
+      <w:r w:rsidR="00090AB3" w:rsidRPr="002A75CC">
+        <w:t xml:space="preserve">is, kurių </w:t>
+      </w:r>
+      <w:r w:rsidR="002C57FF" w:rsidRPr="002A75CC">
+        <w:t xml:space="preserve">nelaikiau </w:t>
+      </w:r>
+      <w:r w:rsidR="00090AB3" w:rsidRPr="002A75CC">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="002C57FF" w:rsidRPr="002A75CC">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A27" w:rsidRPr="002A75CC">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00090AB3" w:rsidRPr="002A75CC">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="002C57FF" w:rsidRPr="002A75CC">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00090AB3" w:rsidRPr="002A75CC">
+        <w:t xml:space="preserve"> m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14C93" w:rsidRPr="002A75CC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00090AB3" w:rsidRPr="002A75CC">
+        <w:t>m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57147" w:rsidRPr="002A75CC">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="79E74347" w14:textId="7DFC7CE5" w:rsidR="00A57147" w:rsidRPr="00CA785B" w:rsidRDefault="00A57147" w:rsidP="00AE7F01">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="567DCFF8" w14:textId="77777777" w:rsidR="00074E00" w:rsidRPr="00A36D4D" w:rsidRDefault="00074E00" w:rsidP="00074E00">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...28 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-64" w:right="-154" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10329" w:type="dxa"/>
-        <w:tblInd w:w="-4" w:type="dxa"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="745"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1947"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="5807"/>
+        <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00090AB3" w:rsidRPr="00CA785B" w14:paraId="3C11C750" w14:textId="2D8CE432" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="0053753A" w:rsidRPr="00A36D4D" w14:paraId="3C11C750" w14:textId="2D8CE432" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="396"/>
+          <w:trHeight w:val="427"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-          <w:p w14:paraId="63497C98" w14:textId="77777777" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="006446E3">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63497C98" w14:textId="77777777" w:rsidR="0053753A" w:rsidRPr="00A36D4D" w:rsidRDefault="0053753A" w:rsidP="00074E00">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-4" w:right="-10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00A36D4D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Eil.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="153DCF74" w14:textId="77777777" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="006446E3">
+          <w:p w14:paraId="153DCF74" w14:textId="77777777" w:rsidR="0053753A" w:rsidRPr="00A36D4D" w:rsidRDefault="0053753A" w:rsidP="00074E00">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-4" w:right="-10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00A36D4D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5692" w:type="dxa"/>
+            <w:tcW w:w="5807" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4C4EC2" w14:textId="77777777" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="006446E3">
+          <w:p w14:paraId="7F4C4EC2" w14:textId="77777777" w:rsidR="0053753A" w:rsidRPr="00A36D4D" w:rsidRDefault="0053753A" w:rsidP="00074E00">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-4" w:right="-10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00A36D4D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Mokomojo dalyko pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3892" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="203FB253" w14:textId="77777777" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="006446E3">
+          <w:p w14:paraId="78496DF6" w14:textId="77777777" w:rsidR="0053753A" w:rsidRPr="00A36D4D" w:rsidRDefault="0053753A" w:rsidP="00074E00">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-5" w:right="-12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00A36D4D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Egzamino pirmoji dalis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="111B1CDF" w14:textId="77777777" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="006446E3">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0053753A" w:rsidRPr="00A36D4D" w14:paraId="7DA0480F" w14:textId="582F4E28" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="76"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="111825F3" w14:textId="77777777" w:rsidR="0053753A" w:rsidRPr="00A36D4D" w:rsidRDefault="0053753A" w:rsidP="00074E00">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6674A59B" w14:textId="77777777" w:rsidR="0053753A" w:rsidRPr="00A36D4D" w:rsidRDefault="0053753A" w:rsidP="00074E00">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E771E1" w14:textId="3EE26159" w:rsidR="0053753A" w:rsidRPr="007E3381" w:rsidRDefault="0053753A" w:rsidP="00074E00">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-5" w:right="-12"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007E3381">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2024–2025 m. m. nelaikytų valstybinio brandos egzamino pirmųjų dalių laikymas</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090AB3" w:rsidRPr="00CA785B" w14:paraId="7DA0480F" w14:textId="582F4E28" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="7A0F8E9F" w14:textId="12E0A606" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="602"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:vMerge/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6674A59B" w14:textId="77777777" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="006446E3">
-[...14 lines deleted...]
-            <w:tcW w:w="1945" w:type="dxa"/>
+          <w:p w14:paraId="3181F0D4" w14:textId="3BC186E5" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6100B860" w14:textId="516F1AB7" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Lietuvių kalba ir literatūra pagal išplėstinio (A) kurso programą (Lietuvių kalba ir literatūra (A))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37BC2ED1" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="6032CCCF" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="602"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24020C58" w14:textId="5A50652F" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00090AB3" w:rsidP="006446E3">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w14:paraId="042A24AE" w14:textId="0A60D9DC" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCDD0A5" w14:textId="2E60BCD1" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Lietuvių kalba ir literatūra pagal bendrojo (B) kurso programą (Lietuvių kalba ir literatūra (B))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CA34F0" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
               <w:ind w:rightChars="-5" w:right="-12"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...16 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="511501AB" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="602"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D562E96" w14:textId="40927828" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E46205C" w14:textId="435739F6" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Matematika pagal išplėstinio (A) kurso programą (Matematika (A))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13544A9B" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
               <w:ind w:rightChars="-5" w:right="-12"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090AB3" w:rsidRPr="00CA785B" w14:paraId="69762217" w14:textId="1CB196AA" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="7E01B763" w14:textId="7CE4D0DE" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="486"/>
+          <w:trHeight w:val="602"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
-[...7 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DF611F" w14:textId="4E1868F4" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26870FFF" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-25" w:right="-60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Matematika pagal bendrojo (B) kurso programą</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="319DC9BD" w14:textId="3F39C6A9" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-25" w:right="-60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>(Matematika (B))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE1087B" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="7BDEF6AC" w14:textId="086228E4" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E53D03" w14:textId="197F2AFD" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F62733B" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Užsienio (anglų) kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B73B0F3" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="7D2D6E9D" w14:textId="631B747A" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="301"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1B1C86" w14:textId="3EA0F74A" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E22071D" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Istorija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB60445" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="7E14B11E" w14:textId="3580C5FD" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="301"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F983AE" w14:textId="403BA162" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="493D93C9" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Geografija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="429E092A" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="1875D19B" w14:textId="1512302C" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="301"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADBC26F" w14:textId="4AAAFBBA" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BBF03F3" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Ekonomika ir verslumas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA275AB" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="649D91BF" w14:textId="1AAC24FE" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="301"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF6E99E" w14:textId="1C87E138" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6D4915" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Filosofija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="267AE1B0" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="47F4BD0A" w14:textId="6D03077C" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="301"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BED3EBB" w14:textId="23D7E23C" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="278C4674" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Biologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D697945" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="4B361805" w14:textId="2E5675BF" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1304F3B7" w14:textId="2C0ED6D0" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4006671B" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="612D18E2" w14:textId="22F9840F" w:rsidR="00090AB3" w:rsidRPr="00CA785B" w:rsidRDefault="00FF7D35" w:rsidP="006446E3">
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Chemija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="766F1670" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="4F8F865A" w14:textId="1E90E096" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="301"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="754446CA" w14:textId="5053BA2F" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="575C9E74" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CA785B">
-[...20 lines deleted...]
-              <w:ind w:rightChars="567" w:right="1361"/>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Fizika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="726FE8AE" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090AB3" w:rsidRPr="00CA785B" w14:paraId="6ECFB5E4" w14:textId="30D1A2D5" w:rsidTr="00AE7F01">
+      <w:tr w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w14:paraId="0E43093F" w14:textId="471A39FF" w:rsidTr="00A36D4D">
         <w:trPr>
-          <w:trHeight w:val="498"/>
+          <w:trHeight w:val="301"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
-[...7 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5021FE3D" w14:textId="371A87FF" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4323584E" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
             </w:pPr>
-          </w:p>
-[...600 lines deleted...]
-            <w:r w:rsidRPr="00CA785B">
+            <w:r w:rsidRPr="00A36D4D">
               <w:t>Informatika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1945" w:type="dxa"/>
-[...13 lines deleted...]
-              <w:ind w:rightChars="567" w:right="1361"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C6DA42" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="70209082" w14:textId="77777777" w:rsidR="00AE7F01" w:rsidRPr="00CA785B" w:rsidRDefault="00AE7F01" w:rsidP="00AE7F01">
+    <w:p w14:paraId="63AB251A" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:rightChars="-11" w:right="-26"/>
+        <w:ind w:left="-142" w:rightChars="-11" w:right="-26"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2935058F" w14:textId="17854E7B" w:rsidR="0095274E" w:rsidRPr="00CA785B" w:rsidRDefault="0095274E" w:rsidP="00AE7F01">
+    <w:p w14:paraId="0810F8CF" w14:textId="2756D7EC" w:rsidR="009F4200" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:rightChars="-11" w:right="-26"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CA785B">
+        <w:ind w:left="-142" w:rightChars="-11" w:right="-26"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0095274E" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">(pasirinkę konkretaus dalyko egzamino </w:t>
       </w:r>
-      <w:r w:rsidR="006A05ED" w:rsidRPr="00CA785B">
+      <w:r w:rsidR="006A05ED" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>pirmąją</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA785B">
+      <w:r w:rsidR="0095274E" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> dalį, atitinkamoje lentelės vietoje įrašykite žodelį </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA785B">
+      <w:r w:rsidR="0095274E" w:rsidRPr="00A36D4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>„taip“)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0810F8CF" w14:textId="77777777" w:rsidR="009F4200" w:rsidRPr="00CA785B" w:rsidRDefault="009F4200" w:rsidP="00FF7D35">
+    <w:p w14:paraId="018F332F" w14:textId="77777777" w:rsidR="00393598" w:rsidRDefault="00393598" w:rsidP="00FF7D35">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-59" w:right="-142"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0646F098" w14:textId="77777777" w:rsidR="00125B1E" w:rsidRPr="00CA785B" w:rsidRDefault="00125B1E" w:rsidP="00FF7D35">
+    <w:p w14:paraId="69558E65" w14:textId="77777777" w:rsidR="0053753A" w:rsidRDefault="0053753A" w:rsidP="00CF27E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-59" w:right="-142"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FDD9B03" w14:textId="07DA56AE" w:rsidR="00766505" w:rsidRPr="00CA785B" w:rsidRDefault="00AD2DD7" w:rsidP="00AE7F01">
+    <w:p w14:paraId="78F99E08" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRDefault="00A36D4D">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45ECC962" w14:textId="2B4B0B34" w:rsidR="00B043E4" w:rsidRPr="00074E00" w:rsidRDefault="0053753A" w:rsidP="00A36D4D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:firstLine="567"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA785B">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> susipažinau.</w:t>
+      <w:r w:rsidRPr="00074E00">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3. Prašau 2025–2026 </w:t>
+      </w:r>
+      <w:r w:rsidR="008473F9" w:rsidRPr="00074E00">
+        <w:t>m. m.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> leisti perlaikyti </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7CA5" w:rsidRPr="00074E00">
+        <w:t>šių valstybinių brandos egzaminų pirmąsias dalis</w:t>
+      </w:r>
+      <w:r w:rsidR="008473F9" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t>2024–2025</w:t>
+      </w:r>
+      <w:r w:rsidR="003F6E9D" w:rsidRPr="00074E00">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D0E02" w:rsidRPr="00074E00">
+        <w:t>m. m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D0E02" w:rsidRPr="00074E00">
+        <w:t>laik</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>iau</w:t>
+      </w:r>
+      <w:r w:rsidR="008D0E02" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t>dalyko valstybinio brandos egzamino pirm</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>ąją</w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> dal</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2BD2" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D0E02" w:rsidRPr="00074E00">
+        <w:t>tačiau</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2BD2" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t>per 3 darbo dienas</w:t>
+      </w:r>
+      <w:r w:rsidR="0012365A" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> pateik</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>ę</w:t>
+      </w:r>
+      <w:r w:rsidR="008D0E02" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>usi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="0012365A" w:rsidRPr="00074E00">
+        <w:t>prašym</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2BD2" w:rsidRPr="00074E00">
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="0012365A" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> mokyklos vadovui perlaikyti </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA250A" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve">valstybinio brandos egzamino pirmąją dalį </w:t>
+      </w:r>
+      <w:r w:rsidR="0012365A" w:rsidRPr="00074E00">
+        <w:t>pakartotinėje sesijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t>, nebuv</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>au</w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> užregistruotas </w:t>
+      </w:r>
+      <w:r w:rsidR="008D0E02" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve">(-a) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t>šiai sesijai ir atitinkam</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> valstybinio brandos egzamino pirm</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7014" w:rsidRPr="00074E00">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>sios</w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t xml:space="preserve"> dali</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A408F8" w:rsidRPr="00074E00">
+        <w:t>s neperlai</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7014" w:rsidRPr="00074E00">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BA6" w:rsidRPr="00074E00">
+        <w:t>iau</w:t>
+      </w:r>
+      <w:r w:rsidR="00263101" w:rsidRPr="00074E00">
+        <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD9B04" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00CA785B" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="44F02A2D" w14:textId="77777777" w:rsidR="0053753A" w:rsidRDefault="0053753A" w:rsidP="00986656">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:rightChars="3" w:right="7" w:firstLine="1246"/>
+        <w:ind w:right="-142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="725"/>
+        <w:gridCol w:w="4945"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2126"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="5F908776" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="457"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6551FD" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Eil.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D0745CE" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0DC315" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Mokomojo dalyko pavadinimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="765CC222" w14:textId="6147BA77" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Egzamino pirmoji dalis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="64F869F1" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="81"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="46A9B679" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77CA1C6A" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-4" w:right="-10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6762E44B" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2024–2025 m. m. laikytų valstybinio brandos egzamino pirmųjų dalių perlaikymas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57DCF38D" w14:textId="10613530" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pagrindinė sesija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52784E0D" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024–2025 m. m. laikytų valstybinio brandos egzamino pirmųjų dalių perlaikymas </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C571CCA" w14:textId="0F70824C" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:rightChars="-5" w:right="-12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pakartotinė sesija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="43B6A236" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="643"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2923EA79" w14:textId="46352FB3" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E6F986" w14:textId="473823A8" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Matematika pagal išplėstinio (A) kurso</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36D4D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>programą (Matematika (A))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0717DA48" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="391DB507" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="0041A00E" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5079D532" w14:textId="52D35F74" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF4C85C" w14:textId="4F16841E" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:ind w:rightChars="-45" w:right="-108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Matematika pagal bendrojo (B) kurso programą (Matematika (B))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B15751" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="536FBA0E" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="613AC270" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A5DAF3" w14:textId="6AEE1EF3" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CDA061" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Užsienio (anglų) kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="600881CD" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41688172" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="22B37F68" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="521522D6" w14:textId="75492C16" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE65C83" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Istorija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:tl2br w:val="nil"/>
+              <w:tr2bl w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7655C267" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:tl2br w:val="nil"/>
+              <w:tr2bl w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="530FDD8E" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="1B242824" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2B850F" w14:textId="48043CD8" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9C66D8" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Geografija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AB9C02" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="728CB5B7" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="0A14AF94" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5524ADE4" w14:textId="20443E92" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2FE23C" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Ekonomika ir verslumas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="656D128A" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="246D2442" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="67DF4F11" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A06BB3" w14:textId="16B1B5B3" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63508EF0" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Filosofija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213E39B3" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B383F3F" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="1912448D" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE930B0" w14:textId="66A7649A" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FDD743" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Biologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42CA987E" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71490358" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="350E168B" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDC992E" w14:textId="1811BD66" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ED703F" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Chemija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266B6B73" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0205D6CD" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="2A002959" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7883A272" w14:textId="6486E370" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFBD8FC" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Fizika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5F4AE5" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC90636" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w14:paraId="69E13F0F" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="633F0C1A" w14:textId="78078704" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C03A4F" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="000A3F5A">
+            <w:pPr>
+              <w:ind w:rightChars="-20" w:right="-48"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>Informatika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03251CEE" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D37FF9" w14:textId="77777777" w:rsidR="00273FF4" w:rsidRPr="00A36D4D" w:rsidRDefault="00273FF4" w:rsidP="00273FF4">
+            <w:pPr>
+              <w:ind w:rightChars="567" w:right="1361"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0F3ACA0F" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-11" w:right="-26"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71A0C394" w14:textId="61337C77" w:rsidR="0053753A" w:rsidRPr="00A36D4D" w:rsidRDefault="0053753A" w:rsidP="00A36D4D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-11" w:right="-26"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(pasirinkę konkretaus dalyko egzamino pirmąją dalį, atitinkamoje lentelės vietoje įrašykite žodelį </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>„taip“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538EF762" w14:textId="77777777" w:rsidR="00836D67" w:rsidRDefault="00836D67" w:rsidP="0053753A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-11" w:right="-26"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F7BEC2B" w14:textId="77777777" w:rsidR="0053753A" w:rsidRDefault="0053753A" w:rsidP="0053753A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:rightChars="-59" w:right="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FDD9B04" w14:textId="24A2D414" w:rsidR="004E2945" w:rsidRDefault="00AD2DD7" w:rsidP="00A36D4D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:t>Su Valstybinių brandos egzaminų organizavimo ir vykdymo tvarkos aprašo</w:t>
+      </w:r>
+      <w:r w:rsidR="00136C0F" w:rsidRPr="00A36D4D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:t xml:space="preserve"> patvirtinto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2023 m. rugsėjo 11 d. įsakymu Nr. V-1187 „Dėl Valstybinių brandos egzaminų organizavimo ir vykdymo tvarkos aprašo patvirtinimo“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4E51" w:rsidRPr="00A36D4D">
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:t xml:space="preserve">.1 papunktyje įvardytomis nuostatomis, </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4E51" w:rsidRPr="00A36D4D">
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidR="00136C0F" w:rsidRPr="00A36D4D">
+        <w:t>.3 papunktyje įvardytais pasirinktų valstybinių brandos egzaminų užduočių aprašais,</w:t>
+      </w:r>
+      <w:r w:rsidR="00136C0F" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4E51" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A27" w:rsidRPr="00A36D4D">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00136C0F" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="002612AD" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4E51" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00136C0F" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:t xml:space="preserve">valstybinių brandos egzaminų tvarkaraščiu, patvirtintu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvos Respublikos švietimo, mokslo ir sporto ministro </w:t>
+      </w:r>
+      <w:r w:rsidR="007A1A31" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2025 m. lapkričio 26 d. įsakymu Nr. V-1208</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Dėl 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4E51" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0769" w:rsidRPr="00A36D4D">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4E51" w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų valstybinių brandos egzaminų tvarkaraščio patvirtinimo“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36D4D">
+        <w:t xml:space="preserve"> susipažinau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA990A3" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00A36D4D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5075D029" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00986656">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:right="-142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1B70BD" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00986656">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:right="-142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D5BA57" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00986656">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:right="-142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7749B1B6" w14:textId="77777777" w:rsidR="00A36D4D" w:rsidRPr="00A36D4D" w:rsidRDefault="00A36D4D" w:rsidP="00986656">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:right="-142" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="122" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2526"/>
+        <w:gridCol w:w="2524"/>
         <w:gridCol w:w="2645"/>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="2532"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E2945" w:rsidRPr="00CA785B" w14:paraId="6FDD9B11" w14:textId="77777777" w:rsidTr="00E11ED1">
-[...4 lines deleted...]
-          <w:p w14:paraId="1C0E807D" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00CA785B" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
+      <w:tr w:rsidR="004E2945" w:rsidRPr="00A36D4D" w14:paraId="6FDD9B16" w14:textId="77777777" w:rsidTr="00A36D4D">
+        <w:trPr>
+          <w:trHeight w:val="156"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9B12" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00A36D4D" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-11" w:right="-26"/>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="6FDD9B0D" w14:textId="77777777" w:rsidR="00E11ED1" w:rsidRPr="00CA785B" w:rsidRDefault="00E11ED1" w:rsidP="00A8332A">
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9B13" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00A36D4D" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-11" w:right="-26"/>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="6FDD9B0E" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00CA785B" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
+              <w:t>(parašas)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9B14" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00A36D4D" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-11" w:right="-26"/>
-            </w:pPr>
-[...6 lines deleted...]
-          <w:p w14:paraId="6FDD9B0F" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00CA785B" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FDD9B15" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00A36D4D" w:rsidRDefault="004E2945" w:rsidP="00A8332A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:rightChars="-11" w:right="-26"/>
-            </w:pPr>
-[...86 lines deleted...]
-            <w:r w:rsidRPr="00CA785B">
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A36D4D">
               <w:t>(vardas ir  pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FDD9B17" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00CA785B" w:rsidRDefault="004E2945" w:rsidP="004E2945">
+    <w:p w14:paraId="6FDD9B17" w14:textId="77777777" w:rsidR="004E2945" w:rsidRPr="00A36D4D" w:rsidRDefault="004E2945" w:rsidP="004E2945">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-11" w:right="-26"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FDD9B18" w14:textId="77777777" w:rsidR="00EF3671" w:rsidRPr="00CA785B" w:rsidRDefault="00EF3671"/>
-    <w:sectPr w:rsidR="00EF3671" w:rsidRPr="00CA785B" w:rsidSect="00AE7F01">
+    <w:sectPr w:rsidR="004E2945" w:rsidRPr="00A36D4D" w:rsidSect="00A36D4D">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="426" w:right="616" w:bottom="0" w:left="1276" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="902" w:bottom="284" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2782521B" w14:textId="77777777" w:rsidR="00087E21" w:rsidRDefault="00087E21" w:rsidP="00E66786">
+    <w:p w14:paraId="034DF8CA" w14:textId="77777777" w:rsidR="00B13A5A" w:rsidRDefault="00B13A5A" w:rsidP="00E66786">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AB35587" w14:textId="77777777" w:rsidR="00087E21" w:rsidRDefault="00087E21" w:rsidP="00E66786">
+    <w:p w14:paraId="0BF4ED92" w14:textId="77777777" w:rsidR="00B13A5A" w:rsidRDefault="00B13A5A" w:rsidP="00E66786">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09B76D73" w14:textId="77777777" w:rsidR="00087E21" w:rsidRDefault="00087E21" w:rsidP="00E66786">
+    <w:p w14:paraId="5869514B" w14:textId="77777777" w:rsidR="00B13A5A" w:rsidRDefault="00B13A5A" w:rsidP="00E66786">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4472885B" w14:textId="77777777" w:rsidR="00087E21" w:rsidRDefault="00087E21" w:rsidP="00E66786">
+    <w:p w14:paraId="22F9D7AC" w14:textId="77777777" w:rsidR="00B13A5A" w:rsidRDefault="00B13A5A" w:rsidP="00E66786">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18FC2074"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5CE574C"/>
     <w:lvl w:ilvl="0" w:tplc="DF788786">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1245" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1965" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2676,50 +3868,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5565" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6285" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7005" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A3068B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5CE574C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1245" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1965" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2685" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3405" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4125" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4845" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5565" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6285" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7005" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A9B6B1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24D4536A"/>
     <w:lvl w:ilvl="0" w:tplc="A142FBA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="663"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2791,51 +4072,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="340015BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24D4536A"/>
     <w:lvl w:ilvl="0" w:tplc="A142FBA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="663"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2907,51 +4188,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42CA0D2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1598BD0E"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2993,51 +4274,223 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45B44148"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1598BD0E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AD103D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1598BD0E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F504A72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1598BD0E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3079,51 +4532,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A63DE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43CC3562"/>
     <w:lvl w:ilvl="0" w:tplc="41C22976">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3195,51 +4648,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4860"/>
         </w:tabs>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5580"/>
         </w:tabs>
         <w:ind w:left="5580" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D0C34EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5CE574C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1245" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1965" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -3284,289 +4737,389 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5565" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6285" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7005" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2136025047">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="694037851">
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2077122672">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B0D3F"/>
     <w:rsid w:val="000124B1"/>
     <w:rsid w:val="00016C77"/>
     <w:rsid w:val="00036FDA"/>
+    <w:rsid w:val="00043E56"/>
     <w:rsid w:val="00050DC4"/>
-    <w:rsid w:val="00087E21"/>
+    <w:rsid w:val="00074E00"/>
     <w:rsid w:val="00090AB3"/>
     <w:rsid w:val="00095B82"/>
+    <w:rsid w:val="000B061D"/>
     <w:rsid w:val="000E143B"/>
     <w:rsid w:val="0011437F"/>
+    <w:rsid w:val="0012222C"/>
+    <w:rsid w:val="0012365A"/>
     <w:rsid w:val="00125B1E"/>
+    <w:rsid w:val="00130969"/>
     <w:rsid w:val="00136C0F"/>
     <w:rsid w:val="00181565"/>
     <w:rsid w:val="001874BA"/>
+    <w:rsid w:val="00193416"/>
     <w:rsid w:val="001A103B"/>
     <w:rsid w:val="001C2C78"/>
     <w:rsid w:val="001E6E29"/>
     <w:rsid w:val="00220313"/>
     <w:rsid w:val="00227BC6"/>
     <w:rsid w:val="002350B1"/>
     <w:rsid w:val="00237E69"/>
+    <w:rsid w:val="00242600"/>
     <w:rsid w:val="00242BBF"/>
+    <w:rsid w:val="002612AD"/>
+    <w:rsid w:val="00263101"/>
+    <w:rsid w:val="00273FF4"/>
     <w:rsid w:val="0028031E"/>
     <w:rsid w:val="00295E37"/>
+    <w:rsid w:val="002A75CC"/>
+    <w:rsid w:val="002C57FF"/>
     <w:rsid w:val="00314B55"/>
+    <w:rsid w:val="00353529"/>
     <w:rsid w:val="00355449"/>
+    <w:rsid w:val="00371F72"/>
     <w:rsid w:val="00371FF0"/>
     <w:rsid w:val="003911BA"/>
+    <w:rsid w:val="00393598"/>
     <w:rsid w:val="003B5BA9"/>
     <w:rsid w:val="003F3970"/>
-    <w:rsid w:val="00432184"/>
+    <w:rsid w:val="003F6E9D"/>
+    <w:rsid w:val="00423678"/>
+    <w:rsid w:val="00425175"/>
     <w:rsid w:val="004404B5"/>
+    <w:rsid w:val="004409B9"/>
     <w:rsid w:val="00447B99"/>
     <w:rsid w:val="0045684A"/>
     <w:rsid w:val="004638B5"/>
     <w:rsid w:val="00467CC8"/>
     <w:rsid w:val="004733AF"/>
     <w:rsid w:val="0047786B"/>
     <w:rsid w:val="004A16C3"/>
     <w:rsid w:val="004A22D8"/>
     <w:rsid w:val="004D7257"/>
     <w:rsid w:val="004E2945"/>
+    <w:rsid w:val="005009DD"/>
     <w:rsid w:val="00501E6F"/>
     <w:rsid w:val="005102E3"/>
+    <w:rsid w:val="0053753A"/>
+    <w:rsid w:val="005417C5"/>
     <w:rsid w:val="00543C86"/>
+    <w:rsid w:val="00551655"/>
     <w:rsid w:val="005569E5"/>
+    <w:rsid w:val="00561DB8"/>
     <w:rsid w:val="0057245F"/>
     <w:rsid w:val="00583A93"/>
     <w:rsid w:val="005A235D"/>
+    <w:rsid w:val="005A4737"/>
+    <w:rsid w:val="006068FB"/>
+    <w:rsid w:val="00615517"/>
     <w:rsid w:val="00623A11"/>
+    <w:rsid w:val="006334D3"/>
     <w:rsid w:val="00640E46"/>
+    <w:rsid w:val="00642F64"/>
+    <w:rsid w:val="00650320"/>
     <w:rsid w:val="00657FF4"/>
     <w:rsid w:val="00663440"/>
     <w:rsid w:val="00677226"/>
     <w:rsid w:val="006772EE"/>
+    <w:rsid w:val="006859AA"/>
+    <w:rsid w:val="0069056B"/>
     <w:rsid w:val="006A05ED"/>
+    <w:rsid w:val="006A511A"/>
     <w:rsid w:val="006A6AB0"/>
     <w:rsid w:val="006D3BAE"/>
     <w:rsid w:val="006E0D6B"/>
+    <w:rsid w:val="006E2A27"/>
+    <w:rsid w:val="006F7014"/>
+    <w:rsid w:val="007008C5"/>
     <w:rsid w:val="00707063"/>
+    <w:rsid w:val="007108AD"/>
+    <w:rsid w:val="00712835"/>
     <w:rsid w:val="00716EA4"/>
     <w:rsid w:val="007240D1"/>
+    <w:rsid w:val="00730F0B"/>
     <w:rsid w:val="00766505"/>
+    <w:rsid w:val="007705D3"/>
     <w:rsid w:val="007745E6"/>
+    <w:rsid w:val="00795642"/>
+    <w:rsid w:val="007A1A31"/>
     <w:rsid w:val="007B0D3F"/>
     <w:rsid w:val="007B3087"/>
+    <w:rsid w:val="007E3381"/>
+    <w:rsid w:val="008067C5"/>
     <w:rsid w:val="008107DB"/>
     <w:rsid w:val="00820DE9"/>
+    <w:rsid w:val="00836D67"/>
     <w:rsid w:val="008426D6"/>
+    <w:rsid w:val="00846D1E"/>
+    <w:rsid w:val="00846F4D"/>
+    <w:rsid w:val="008473F9"/>
     <w:rsid w:val="00865154"/>
     <w:rsid w:val="008A4AC2"/>
     <w:rsid w:val="008A4B9D"/>
+    <w:rsid w:val="008A516E"/>
     <w:rsid w:val="008A53F0"/>
     <w:rsid w:val="008B46C5"/>
+    <w:rsid w:val="008C263A"/>
+    <w:rsid w:val="008C5E22"/>
+    <w:rsid w:val="008D0E02"/>
     <w:rsid w:val="008D7060"/>
     <w:rsid w:val="008D7502"/>
+    <w:rsid w:val="008E0769"/>
+    <w:rsid w:val="008E33C5"/>
     <w:rsid w:val="00931804"/>
     <w:rsid w:val="009432CC"/>
     <w:rsid w:val="00946450"/>
     <w:rsid w:val="0095274E"/>
+    <w:rsid w:val="009554A3"/>
     <w:rsid w:val="00960412"/>
+    <w:rsid w:val="0096742B"/>
     <w:rsid w:val="00976211"/>
+    <w:rsid w:val="00986656"/>
+    <w:rsid w:val="009A07E0"/>
+    <w:rsid w:val="009A4E51"/>
     <w:rsid w:val="009E002A"/>
+    <w:rsid w:val="009E2C08"/>
     <w:rsid w:val="009F4200"/>
+    <w:rsid w:val="009F4BAF"/>
     <w:rsid w:val="009F6511"/>
     <w:rsid w:val="00A22F66"/>
+    <w:rsid w:val="00A36D4D"/>
+    <w:rsid w:val="00A408F8"/>
+    <w:rsid w:val="00A540F4"/>
     <w:rsid w:val="00A57147"/>
     <w:rsid w:val="00A601B6"/>
+    <w:rsid w:val="00A716AB"/>
     <w:rsid w:val="00A85292"/>
     <w:rsid w:val="00AC419A"/>
+    <w:rsid w:val="00AD03BB"/>
     <w:rsid w:val="00AD2DD7"/>
-    <w:rsid w:val="00AD4BC2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE7F01"/>
+    <w:rsid w:val="00AF0E81"/>
+    <w:rsid w:val="00AF75BD"/>
     <w:rsid w:val="00AF777E"/>
+    <w:rsid w:val="00B043E4"/>
+    <w:rsid w:val="00B103D8"/>
+    <w:rsid w:val="00B13A5A"/>
     <w:rsid w:val="00B154C5"/>
+    <w:rsid w:val="00B216AC"/>
     <w:rsid w:val="00B2337D"/>
+    <w:rsid w:val="00B34339"/>
     <w:rsid w:val="00B35E80"/>
     <w:rsid w:val="00B41F67"/>
     <w:rsid w:val="00B66F3D"/>
     <w:rsid w:val="00B777CE"/>
+    <w:rsid w:val="00B84ABE"/>
     <w:rsid w:val="00B8518E"/>
     <w:rsid w:val="00BC0474"/>
     <w:rsid w:val="00BD39D2"/>
+    <w:rsid w:val="00BD5F70"/>
     <w:rsid w:val="00BF43E9"/>
+    <w:rsid w:val="00C2453C"/>
     <w:rsid w:val="00C4012D"/>
     <w:rsid w:val="00C45A7D"/>
     <w:rsid w:val="00C66975"/>
     <w:rsid w:val="00C870A0"/>
     <w:rsid w:val="00C8721E"/>
     <w:rsid w:val="00C9043A"/>
     <w:rsid w:val="00C90FEF"/>
     <w:rsid w:val="00C91EAD"/>
+    <w:rsid w:val="00C9573A"/>
     <w:rsid w:val="00CA53A4"/>
-    <w:rsid w:val="00CA785B"/>
+    <w:rsid w:val="00CD59D4"/>
+    <w:rsid w:val="00CF27E7"/>
+    <w:rsid w:val="00D020D6"/>
     <w:rsid w:val="00D0335E"/>
     <w:rsid w:val="00D257D8"/>
     <w:rsid w:val="00D30A2A"/>
     <w:rsid w:val="00D467F8"/>
     <w:rsid w:val="00D61152"/>
+    <w:rsid w:val="00D9093C"/>
+    <w:rsid w:val="00DD2E37"/>
     <w:rsid w:val="00DD56F9"/>
     <w:rsid w:val="00DE0AA7"/>
     <w:rsid w:val="00E11ED1"/>
+    <w:rsid w:val="00E14C93"/>
     <w:rsid w:val="00E14CEB"/>
     <w:rsid w:val="00E22ACE"/>
+    <w:rsid w:val="00E4005E"/>
     <w:rsid w:val="00E54F10"/>
     <w:rsid w:val="00E6077E"/>
     <w:rsid w:val="00E657DB"/>
     <w:rsid w:val="00E66786"/>
     <w:rsid w:val="00E76F15"/>
+    <w:rsid w:val="00E8500E"/>
     <w:rsid w:val="00E958C8"/>
     <w:rsid w:val="00EA1851"/>
     <w:rsid w:val="00EA208F"/>
+    <w:rsid w:val="00EA250A"/>
+    <w:rsid w:val="00EB2BD2"/>
     <w:rsid w:val="00EB61CD"/>
+    <w:rsid w:val="00EC7401"/>
+    <w:rsid w:val="00EE0BA6"/>
+    <w:rsid w:val="00EE7CA5"/>
     <w:rsid w:val="00EF2C63"/>
     <w:rsid w:val="00EF3671"/>
+    <w:rsid w:val="00F03FBA"/>
     <w:rsid w:val="00F071A6"/>
-    <w:rsid w:val="00F07266"/>
+    <w:rsid w:val="00F21F36"/>
     <w:rsid w:val="00F44CED"/>
+    <w:rsid w:val="00F542CF"/>
+    <w:rsid w:val="00F57C41"/>
     <w:rsid w:val="00F60C46"/>
+    <w:rsid w:val="00F64517"/>
     <w:rsid w:val="00F66CE1"/>
     <w:rsid w:val="00F8320E"/>
     <w:rsid w:val="00F93B9E"/>
     <w:rsid w:val="00F94EC5"/>
+    <w:rsid w:val="00FF44FD"/>
     <w:rsid w:val="00FF7D35"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6FDD9A87"/>
   <w15:docId w15:val="{B8E992BF-EE9F-462C-BBDC-0CFA76F1D749}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3898,51 +5451,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004E2945"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4123,51 +5675,51 @@
     <w:rsid w:val="00E66786"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E66786"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="19864503">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1661274730">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4535,183 +6087,77 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x01010085CE2AF824B45C4D8BCB0E00B5F5FB8F" ma:contentTypeVersion="15" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="0fcd02c12d5b234027e76ca37fd8b9b8">
-[...2 lines deleted...]
-    <xsd:import namespace="ef442c5f-0610-4720-baae-1016e5279731"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x0101002F7894FA987F1949A98A4131B3B5E996" ma:contentTypeVersion="0" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="c8e83e8669586c9b36c0a1baacff49dc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bb184a0556433ebd5d1bfaa22cfe5d8f">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
-              <xsd:all>
-[...15 lines deleted...]
-              </xsd:all>
+              <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
-    </xsd:element>
-[...101 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Turinio tipas"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Antraštė"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -4769,153 +6215,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D088F6DB-EFE9-4448-9F47-9DB784515B16}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B0A2F38-F0CF-47CF-8F87-84070EC4B23F}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A089CC37-0AEE-48D0-96FD-EA1D173ACA95}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{390BC217-3CFF-412D-9A31-E0440045DCD8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="70e84bf1-8243-4edb-bbec-32ed2d0750cb"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="70e84bf1-8243-4edb-bbec-32ed2d0750cb"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A089CC37-0AEE-48D0-96FD-EA1D173ACA95}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FF5E383-E346-4B3F-957D-3FEE729EAE3F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2437</Characters>
+  <Pages>3</Pages>
+  <Words>2490</Words>
+  <Characters>1420</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2859</CharactersWithSpaces>
+  <CharactersWithSpaces>3903</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Viktorija Jakštaitė</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010085CE2AF824B45C4D8BCB0E00B5F5FB8F</vt:lpwstr>
+    <vt:lpwstr>0x0101002F7894FA987F1949A98A4131B3B5E996</vt:lpwstr>
   </property>
 </Properties>
 </file>