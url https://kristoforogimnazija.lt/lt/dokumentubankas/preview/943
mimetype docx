--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,1478 +1,1255 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="166FA5EA" w14:textId="543CC298" w:rsidR="00416472" w:rsidRPr="00416472" w:rsidRDefault="00416472" w:rsidP="00416472">
+    <w:p w14:paraId="7D4D64A3" w14:textId="7392C2D6" w:rsidR="00DB1E3E" w:rsidRPr="00DB1E3E" w:rsidRDefault="00DB1E3E" w:rsidP="00D57AC1">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00416472">
+      <w:r w:rsidRPr="00DB1E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>DĖMESIO KOREGUOTAS</w:t>
-[...10 lines deleted...]
-        <w:t>!!</w:t>
+        <w:t>ŠV. KRISTOFORO GIMNAZIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B9FFF2" w14:textId="77777777" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="0087389C" w:rsidP="00D57AC1">
+    <w:p w14:paraId="1AC66B7D" w14:textId="77777777" w:rsidR="00DB1E3E" w:rsidRPr="00DB1E3E" w:rsidRDefault="00DB1E3E" w:rsidP="00DB1E3E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B50E2D">
+      <w:r w:rsidRPr="00DB1E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>MŪSŲ MOKYKLOS INTERNETO  VARTAI</w:t>
+        <w:t>UGDYMO PROCESO ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189CAF86" w14:textId="77777777" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="0087389C" w:rsidP="00D57AC1">
+    <w:p w14:paraId="0DD8BF79" w14:textId="18EEC348" w:rsidR="00DB1E3E" w:rsidRPr="00DB1E3E" w:rsidRDefault="00DB1E3E" w:rsidP="00DB1E3E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2025-2026 M. M.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189CAF86" w14:textId="3A197294" w:rsidR="0087389C" w:rsidRPr="00DB1E3E" w:rsidRDefault="00CC0DB1" w:rsidP="00D57AC1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="00B50E2D">
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="0087389C" w:rsidRPr="00DB1E3E">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
-            <w:sz w:val="32"/>
-            <w:szCs w:val="32"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:lang w:val="lt-LT"/>
           </w:rPr>
           <w:t>www.kristoforogimnazija.lt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="15F34D7A" w14:textId="77777777" w:rsidR="0087389C" w:rsidRDefault="0087389C">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="2101"/>
         <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4678"/>
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="5954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="615187D5" w14:textId="77777777" w:rsidTr="00D57AC1">
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="229EC50E" w14:textId="77777777" w:rsidTr="006D2327">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="386"/>
+          <w:trHeight w:hRule="exact" w:val="347"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47EA3A6A" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="07E0E3E9" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50E2D">
+            <w:r w:rsidRPr="00314975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Ugdymo proceso pradžia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FCFC8A6" w14:textId="421221C9" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="5994200F" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="147"/>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> d.</w:t>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2025 m. rugsėjo 1 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="496E7818" w14:textId="77777777" w:rsidTr="00D57AC1">
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="39D3D9E1" w14:textId="77777777" w:rsidTr="006D2327">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="614"/>
+          <w:trHeight w:hRule="exact" w:val="623"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FFA6940" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Ugdymo proceso pabaiga I – III gimnazijos klasių mokiniams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04A49AD0" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. birželio 9 d. (su 3 d. intensyvinimu)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="3B0B18B9" w14:textId="77777777" w:rsidTr="006D2327">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="597"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FD4D637" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="0F5A6F0C" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50E2D">
-[...13 lines deleted...]
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Ugdymo proceso pabaiga IV gimnazijos klasės mokiniams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="732ABBAB" w14:textId="544E863F" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="1B62DED4" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="147"/>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> d.</w:t>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. gegužės 26 d. (su 3 d. intensyvinimu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="1A952B42" w14:textId="77777777" w:rsidTr="00D57AC1">
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="391D2473" w14:textId="77777777" w:rsidTr="006D2327">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="695"/>
+          <w:trHeight w:hRule="exact" w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E021CFE" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="33C04368" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50E2D">
-[...13 lines deleted...]
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Rudens atostogos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="221F01CF" w14:textId="65BBCA46" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="71E6AA38" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="147"/>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> d.</w:t>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2025 m. lapkričio 3 d. – 2025 m. lapkričio 9 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="03770A61" w14:textId="77777777" w:rsidTr="00D57AC1">
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="212E008D" w14:textId="77777777" w:rsidTr="006D2327">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="703"/>
+          <w:trHeight w:hRule="exact" w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67A93A46" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="2E0C1E3B" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50E2D">
-[...13 lines deleted...]
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Žiemos (Kalėdų) atostogos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="622D6B37" w14:textId="73521EDC" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="21F077BB" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="147"/>
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> d.</w:t>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2025 m. gruodžio 24 d. – 2026 m. sausio 4 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="7C37E29F" w14:textId="77777777" w:rsidTr="00D57AC1">
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="57DACA93" w14:textId="77777777" w:rsidTr="006D2327">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="291"/>
+          <w:trHeight w:hRule="exact" w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08D5E636" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="7CD7DCDD" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50E2D">
-[...13 lines deleted...]
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Žiemos atostogos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10ED5739" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="0040FA9B" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="147"/>
-[...16 lines deleted...]
-              <w:t>2024 m. spalio 28 d. – spalio 31 d.</w:t>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. vasario 16 d. – 2026 m. vasario 22 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="3A3DAB11" w14:textId="77777777" w:rsidTr="00D57AC1">
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="4F0806F8" w14:textId="77777777" w:rsidTr="006D2327">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="299"/>
+          <w:trHeight w:hRule="exact" w:val="631"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06FDE174" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="7F9A4111" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50E2D">
-[...13 lines deleted...]
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Pavasario (Velykų) atostogos I – II gimnazijos klasių mokiniams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54BEE400" w14:textId="5C4836F5" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="5BBF2555" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="147"/>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> d.</w:t>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. kovo 30 d. – 2026 m. balandžio 5 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="0B5F014D" w14:textId="77777777" w:rsidTr="00D57AC1">
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="030A002C" w14:textId="77777777" w:rsidTr="006D2327">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="318"/>
+          <w:trHeight w:hRule="exact" w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="020030D0" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Pavasario (Velykų) atostogos III – IV gimnazijos klasių mokiniams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5D516F" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. balandžio 6 d. – 2026 m. balandžio 12 d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="7C1ADB1A" w14:textId="77777777" w:rsidTr="006D2327">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="625"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AD8878F" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="31B5513B" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50E2D">
-[...13 lines deleted...]
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Vasaros atostogos I – III gimnazijos klasių mokiniams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FD577BB" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="13FA1596" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="147"/>
-[...16 lines deleted...]
-              <w:t>2025 m. vasario 17 d. – vasario 21 d.</w:t>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. birželio 10 d. – 2026 m. rugpjūčio 31 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="53CAEC87" w14:textId="77777777" w:rsidTr="00D57AC1">
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="1FC387CC" w14:textId="77777777" w:rsidTr="006D2327">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="297"/>
+          <w:trHeight w:hRule="exact" w:val="2272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56C19B92" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="2D547CD1" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50E2D">
-[...13 lines deleted...]
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Švenčių dienos (nesutampančios su savaitgaliais) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C7A1D82" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="1D4527E2" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00DF14E5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="147"/>
-[...16 lines deleted...]
-              <w:t>2025 m. balandžio 22 d. – balandžio 25 d.</w:t>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2025 m. gruodžio 24 – 26 d. (Šv. Kūčios, Šv. Kalėdos)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0117C74C" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00DF14E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. sausio 1 d. (Naujųjų metų diena)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084558F3" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00DF14E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. vasario 16 d. (Lietuvos Valstybės atkūrimo diena)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67720771" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00DF14E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. kovo 11 d. (Lietuvos Nepriklausomybės atkūrimo diena)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C9462FE" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00DF14E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. balandžio 6 d. (Šv. Velykų diena)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03A6597B" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00DF14E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="200" w:hanging="58"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026 m. gegužės 1 d. (Tarptautinė darbo diena)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="472C5111" w14:textId="77777777" w:rsidTr="00D57AC1">
+      <w:tr w:rsidR="00314975" w:rsidRPr="00314975" w14:paraId="290F246B" w14:textId="77777777" w:rsidTr="006D2327">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="631"/>
+          <w:trHeight w:hRule="exact" w:val="365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AE0CAE4" w14:textId="77777777" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          <w:p w14:paraId="2B3D54DC" w14:textId="77777777" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50E2D">
-[...13 lines deleted...]
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:r w:rsidRPr="00314975">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Tėvų diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0CD44A1F" w14:textId="4D410704" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00D57AC1">
+          </w:tcPr>
+          <w:p w14:paraId="6AED34CA" w14:textId="6E13369F" w:rsidR="00314975" w:rsidRPr="00CC0DB1" w:rsidRDefault="00CC0DB1" w:rsidP="00CC0DB1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...63 lines deleted...]
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...375 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00314975" w:rsidRPr="00CC0DB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. gruodžio 4 d.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15F34D7A" w14:textId="77777777" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="0087389C">
+    <w:p w14:paraId="06F784ED" w14:textId="2CC5040D" w:rsidR="00314975" w:rsidRPr="00314975" w:rsidRDefault="00314975" w:rsidP="00314975">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:lang w:val="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50E2D">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B50E2D">
+      <w:r w:rsidRPr="00314975">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ugdymo proceso trukmė I – II gimnazijos klasių mokiniams – 180 ugdymo dienų, III gimnazijos klasės mokiniams – 180 ugdymo dienų, IV gimnazijos klasės mokiniams – 170 ugdymo dienų</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B50E2D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>ugdymo proceso trukmė I–II gimnazijos klasės mokiniams – 185 ugdymo dienos, III gimnazijos klasės mokiniams – 180 ugdymo dienos, IV gimnazijos klasės mokiniams – 170 ugdymo dienų.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F0F84F0" w14:textId="77777777" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="0087389C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D95192D" w14:textId="6113F930" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="0087389C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50E2D">
@@ -1498,584 +1275,874 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pamokų ir pertraukų laikas:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="535"/>
-        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="588"/>
+        <w:gridCol w:w="2674"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="686DE554" w14:textId="77777777" w:rsidTr="0087389C">
-[...4 lines deleted...]
-          <w:p w14:paraId="7AF731F3" w14:textId="5EF47E9E" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00137118">
+      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="686DE554" w14:textId="77777777" w:rsidTr="00314975">
+        <w:trPr>
+          <w:trHeight w:val="21"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="588" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF731F3" w14:textId="5EF47E9E" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="5B03C6D1" w14:textId="7786CA9E" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00137118">
+            <w:tcW w:w="2674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78441F33" w14:textId="7904957C" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50E2D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-              <w:t>08.55 – 09.40</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>08.00 – 08.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="78CBD778" w14:textId="77777777" w:rsidTr="0087389C">
-[...4 lines deleted...]
-          <w:p w14:paraId="265C1FC3" w14:textId="7A971EA3" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00137118">
+      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="053A3DA9" w14:textId="77777777" w:rsidTr="00314975">
+        <w:trPr>
+          <w:trHeight w:val="21"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="588" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B03C6D1" w14:textId="7786CA9E" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...32 lines deleted...]
-          <w:p w14:paraId="3F16075C" w14:textId="3A53DA2C" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00137118">
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEF3111" w14:textId="5FAD3DFF" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50E2D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-              <w:t>11.00 – 11.45</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>08.55 – 09.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="0C8EC075" w14:textId="77777777" w:rsidTr="0087389C">
-[...4 lines deleted...]
-          <w:p w14:paraId="746CEDB4" w14:textId="7AFDA8BA" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00137118">
+      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="78CBD778" w14:textId="77777777" w:rsidTr="00314975">
+        <w:trPr>
+          <w:trHeight w:val="21"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="588" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="265C1FC3" w14:textId="7A971EA3" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>5.</w:t>
-[...32 lines deleted...]
-          <w:p w14:paraId="5B79EF04" w14:textId="19876A17" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00137118">
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="373B4B7D" w14:textId="70683FA2" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50E2D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-              <w:t>13.05 – 13.50</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>09.50 – 10.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="34D55990" w14:textId="77777777" w:rsidTr="0087389C">
-[...4 lines deleted...]
-          <w:p w14:paraId="25BA0C6D" w14:textId="0A257CD8" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00137118">
+      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="6E8EB970" w14:textId="77777777" w:rsidTr="00314975">
+        <w:trPr>
+          <w:trHeight w:val="21"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="588" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F16075C" w14:textId="3A53DA2C" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>7.</w:t>
-[...32 lines deleted...]
-          <w:p w14:paraId="1D7A8BAC" w14:textId="31C0D25B" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00137118">
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B253C7F" w14:textId="1F194267" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B50E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>11.00 – 11.45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="0C8EC075" w14:textId="77777777" w:rsidTr="00314975">
+        <w:trPr>
+          <w:trHeight w:val="21"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="588" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="746CEDB4" w14:textId="7AFDA8BA" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E80183" w14:textId="177446A7" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B50E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>12.05 – 12.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="195324DE" w14:textId="77777777" w:rsidTr="00314975">
+        <w:trPr>
+          <w:trHeight w:val="21"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="588" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B79EF04" w14:textId="19876A17" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B50E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD3543A" w14:textId="798DC49E" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B50E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>13.05 – 13.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w14:paraId="34D55990" w14:textId="77777777" w:rsidTr="00314975">
+        <w:trPr>
+          <w:trHeight w:val="21"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="588" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BA0C6D" w14:textId="0A257CD8" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B50E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D7B78C7" w14:textId="70DA9C2B" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B50E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>14.00 – 14.45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00137118" w:rsidRPr="00B50E2D" w14:paraId="046D1F36" w14:textId="77777777" w:rsidTr="00314975">
+        <w:trPr>
+          <w:trHeight w:val="21"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="588" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7A8BAC" w14:textId="31C0D25B" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B50E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="014D100B" w14:textId="71113A52" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00137118">
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="014D100B" w14:textId="71113A52" w:rsidR="00137118" w:rsidRPr="00B50E2D" w:rsidRDefault="00137118" w:rsidP="00314975">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>14.55 – 15.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7639F4F1" w14:textId="77777777" w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidRDefault="0087389C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0087389C" w:rsidRPr="00B50E2D" w:rsidSect="00137118">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="540" w:right="1440" w:bottom="270" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20AA5059"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F142948"/>
+    <w:lvl w:ilvl="0" w:tplc="7596767A">
+      <w:start w:val="2026"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="622" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B142BA8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="72AEE562"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="436"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:strike w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1702" w:hanging="1134"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE7A25"/>
     <w:rsid w:val="000848FC"/>
     <w:rsid w:val="00137118"/>
     <w:rsid w:val="00163130"/>
+    <w:rsid w:val="00204CF7"/>
     <w:rsid w:val="00257286"/>
+    <w:rsid w:val="00314975"/>
     <w:rsid w:val="00416472"/>
+    <w:rsid w:val="005B7F7F"/>
+    <w:rsid w:val="00685AEA"/>
     <w:rsid w:val="007F5F0D"/>
     <w:rsid w:val="0087389C"/>
+    <w:rsid w:val="00954F9D"/>
     <w:rsid w:val="00965CE1"/>
+    <w:rsid w:val="009D023D"/>
     <w:rsid w:val="009D5466"/>
     <w:rsid w:val="00B50E2D"/>
+    <w:rsid w:val="00B87BFA"/>
+    <w:rsid w:val="00CC0DB1"/>
     <w:rsid w:val="00D57AC1"/>
+    <w:rsid w:val="00DB1E3E"/>
+    <w:rsid w:val="00DF14E5"/>
     <w:rsid w:val="00EE7A25"/>
     <w:rsid w:val="00F656C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7E3462FB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CFF84A18-9361-49DA-9A82-2E2CDD01D2BC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2407,51 +2474,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0087389C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -2483,62 +2549,78 @@
     <w:rsid w:val="0087389C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0087389C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00314975"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="720" w:firstLine="567"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="lt-LT"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kristoforogimnazija.lt" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kristoforogimnazija.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2797,70 +2879,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>225</Words>
-  <Characters>1285</Characters>
+  <Words>1082</Words>
+  <Characters>618</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1507</CharactersWithSpaces>
+  <CharactersWithSpaces>1697</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kristoforo Gimnazija</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>